--- v0 (2026-02-05)
+++ v1 (2026-03-27)
@@ -238,159 +238,162 @@
                               </w:rPr>
                               <w:t>(</w:t>
                             </w:r>
                             <w:r w:rsidR="00640D79">
                               <w:rPr>
                                 <w:sz w:val="13"/>
                                 <w:szCs w:val="13"/>
                               </w:rPr>
                               <w:t>CDA</w:t>
                             </w:r>
                             <w:r w:rsidR="0092437B">
                               <w:rPr>
                                 <w:sz w:val="13"/>
                                 <w:szCs w:val="13"/>
                               </w:rPr>
                               <w:t>)</w:t>
                             </w:r>
                             <w:r w:rsidR="00A55312">
                               <w:rPr>
                                 <w:sz w:val="13"/>
                                 <w:szCs w:val="13"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidRPr="00104D8D" w:rsidR="008730DA" w:rsidP="008730DA" w:rsidRDefault="008730DA" w14:paraId="1A4031FD" w14:textId="0447D098">
+                          <w:p w:rsidRPr="00104D8D" w:rsidR="008730DA" w:rsidP="008730DA" w:rsidRDefault="008730DA" w14:paraId="1A4031FD" w14:textId="5AF77637">
                             <w:pPr>
                               <w:pStyle w:val="Standaard65"/>
                               <w:rPr>
                                 <w:lang w:val="de-DE"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00104D8D">
                               <w:rPr>
                                 <w:lang w:val="de-DE"/>
                               </w:rPr>
                               <w:t>datum</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="00104D8D">
                               <w:rPr>
                                 <w:lang w:val="de-DE"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:lang w:val="de-DE"/>
                                 </w:rPr>
                                 <w:id w:val="-197937237"/>
-                                <w:date w:fullDate="2026-01-26T00:00:00Z">
+                                <w:date w:fullDate="2026-02-10T00:00:00Z">
                                   <w:dateFormat w:val="d MMMM yyyy"/>
                                   <w:lid w:val="nl-NL"/>
                                   <w:storeMappedDataAs w:val="dateTime"/>
                                   <w:calendar w:val="gregorian"/>
                                 </w:date>
                               </w:sdtPr>
                               <w:sdtEndPr/>
                               <w:sdtContent>
-                                <w:r w:rsidR="007A086F">
-                                  <w:t>26 januari 2026</w:t>
+                                <w:r w:rsidR="00630223">
+                                  <w:t>10 februari 2026</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w:rsidR="008730DA" w:rsidP="0022280D" w:rsidRDefault="008730DA" w14:paraId="12E6C108" w14:textId="74BA8ADB">
                             <w:pPr>
                               <w:pStyle w:val="Standaard65"/>
                               <w:ind w:left="1416" w:hanging="1416"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00104D8D">
                               <w:rPr>
                                 <w:lang w:val="de-DE"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:t>onderwerp</w:t>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidR="004F35D0">
                               <w:t xml:space="preserve">Voorstel </w:t>
                             </w:r>
                             <w:r w:rsidR="001653F4">
                               <w:t xml:space="preserve">mandaat </w:t>
                             </w:r>
                             <w:r w:rsidR="00E13BCC">
                               <w:t>EU-</w:t>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidR="00E13BCC">
                               <w:t>rapporteurschap</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidR="00E13BCC">
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="0022280D">
                               <w:t xml:space="preserve">Clean Industrial Deal </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00187443" w:rsidP="005A14ED" w:rsidRDefault="008730DA" w14:paraId="33720734" w14:textId="28F468CB">
+                          <w:p w:rsidR="00187443" w:rsidP="005A14ED" w:rsidRDefault="008730DA" w14:paraId="33720734" w14:textId="7BD19E80">
                             <w:pPr>
                               <w:pStyle w:val="Standaard65"/>
                             </w:pPr>
                             <w:r>
                               <w:tab/>
                               <w:t>te betrekken bij</w:t>
                             </w:r>
                             <w:r>
                               <w:tab/>
                               <w:t xml:space="preserve">Procedurevergadering </w:t>
                             </w:r>
                             <w:r w:rsidR="007C104C">
                               <w:t>KGG</w:t>
                             </w:r>
                             <w:r w:rsidR="009F17A5">
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00E13BCC">
                               <w:t xml:space="preserve">d.d. </w:t>
                             </w:r>
+                            <w:r w:rsidR="00630223">
+                              <w:t>24</w:t>
+                            </w:r>
                             <w:r w:rsidR="00500166">
-                              <w:t>3 februari</w:t>
+                              <w:t xml:space="preserve"> februari</w:t>
                             </w:r>
                             <w:r w:rsidR="005A14ED">
                               <w:t xml:space="preserve"> 202</w:t>
                             </w:r>
                             <w:r w:rsidR="00640D79">
                               <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
@@ -519,206 +522,193 @@
                         <w:rPr>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                         </w:rPr>
                         <w:t>van</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00514BAD">
                         <w:rPr>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00640D79">
                         <w:rPr>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Henk </w:t>
-[...15 lines deleted...]
-                        <w:t xml:space="preserve"> </w:t>
+                        <w:t xml:space="preserve">Henk Jumelet </w:t>
                       </w:r>
                       <w:r w:rsidR="0092437B">
                         <w:rPr>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                         </w:rPr>
                         <w:t>(</w:t>
                       </w:r>
                       <w:r w:rsidR="00640D79">
                         <w:rPr>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                         </w:rPr>
                         <w:t>CDA</w:t>
                       </w:r>
                       <w:r w:rsidR="0092437B">
                         <w:rPr>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                         </w:rPr>
                         <w:t>)</w:t>
                       </w:r>
                       <w:r w:rsidR="00A55312">
                         <w:rPr>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="00104D8D" w:rsidR="008730DA" w:rsidP="008730DA" w:rsidRDefault="008730DA" w14:paraId="1A4031FD" w14:textId="0447D098">
+                    <w:p w:rsidRPr="00104D8D" w:rsidR="008730DA" w:rsidP="008730DA" w:rsidRDefault="008730DA" w14:paraId="1A4031FD" w14:textId="5AF77637">
                       <w:pPr>
                         <w:pStyle w:val="Standaard65"/>
                         <w:rPr>
                           <w:lang w:val="de-DE"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00104D8D">
                         <w:rPr>
                           <w:lang w:val="de-DE"/>
                         </w:rPr>
                         <w:t>datum</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="00104D8D">
                         <w:rPr>
                           <w:lang w:val="de-DE"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:lang w:val="de-DE"/>
                           </w:rPr>
                           <w:id w:val="-197937237"/>
-                          <w:date w:fullDate="2026-01-26T00:00:00Z">
+                          <w:date w:fullDate="2026-02-10T00:00:00Z">
                             <w:dateFormat w:val="d MMMM yyyy"/>
                             <w:lid w:val="nl-NL"/>
                             <w:storeMappedDataAs w:val="dateTime"/>
                             <w:calendar w:val="gregorian"/>
                           </w:date>
                         </w:sdtPr>
                         <w:sdtEndPr/>
                         <w:sdtContent>
-                          <w:r w:rsidR="007A086F">
-                            <w:t>26 januari 2026</w:t>
+                          <w:r w:rsidR="00630223">
+                            <w:t>10 februari 2026</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                     <w:p w:rsidR="008730DA" w:rsidP="0022280D" w:rsidRDefault="008730DA" w14:paraId="12E6C108" w14:textId="74BA8ADB">
                       <w:pPr>
                         <w:pStyle w:val="Standaard65"/>
                         <w:ind w:left="1416" w:hanging="1416"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00104D8D">
                         <w:rPr>
                           <w:lang w:val="de-DE"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:t>onderwerp</w:t>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidR="004F35D0">
                         <w:t xml:space="preserve">Voorstel </w:t>
                       </w:r>
                       <w:r w:rsidR="001653F4">
                         <w:t xml:space="preserve">mandaat </w:t>
                       </w:r>
                       <w:r w:rsidR="00E13BCC">
                         <w:t>EU-</w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidR="00E13BCC">
                         <w:t>rapporteurschap</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidR="00E13BCC">
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="0022280D">
                         <w:t xml:space="preserve">Clean Industrial Deal </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00187443" w:rsidP="005A14ED" w:rsidRDefault="008730DA" w14:paraId="33720734" w14:textId="28F468CB">
+                    <w:p w:rsidR="00187443" w:rsidP="005A14ED" w:rsidRDefault="008730DA" w14:paraId="33720734" w14:textId="7BD19E80">
                       <w:pPr>
                         <w:pStyle w:val="Standaard65"/>
                       </w:pPr>
                       <w:r>
                         <w:tab/>
                         <w:t>te betrekken bij</w:t>
                       </w:r>
                       <w:r>
                         <w:tab/>
                         <w:t xml:space="preserve">Procedurevergadering </w:t>
                       </w:r>
                       <w:r w:rsidR="007C104C">
                         <w:t>KGG</w:t>
                       </w:r>
                       <w:r w:rsidR="009F17A5">
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00E13BCC">
                         <w:t xml:space="preserve">d.d. </w:t>
                       </w:r>
+                      <w:r w:rsidR="00630223">
+                        <w:t>24</w:t>
+                      </w:r>
                       <w:r w:rsidR="00500166">
-                        <w:t>3 februari</w:t>
+                        <w:t xml:space="preserve"> februari</w:t>
                       </w:r>
                       <w:r w:rsidR="005A14ED">
                         <w:t xml:space="preserve"> 202</w:t>
                       </w:r>
                       <w:r w:rsidR="00640D79">
                         <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00092BAB" w:rsidR="00CB0FA1">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="240CAB72" wp14:anchorId="073C015B">
@@ -917,546 +907,648 @@
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape id="Tekstvak 13" style="position:absolute;margin-left:282.4pt;margin-top:133.5pt;width:161.3pt;height:18.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAbcRk7YAIAADQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+ykDxRBnSJLkWFA&#10;0RZrh54VWUqMyaImMbGzXz9KtpMg26XDLjItfvz41u1dWxu2Uz5UYAs+HuWcKSuhrOy64N9fl59u&#10;OAsobCkMWFXwvQr8bvbxw23jpmoCGzCl8oxIbJg2ruAbRDfNsiA3qhZhBE5ZUmrwtUD69eus9KIh&#10;9tpkkzy/zhrwpfMgVQh0e98p+Szxa60kPmkdFDJTcIoN0+nTuYpnNrsV07UXblPJPgzxD1HUorLk&#10;9EB1L1Cwra/+oKor6SGAxpGEOgOtK6lSDpTNOD/L5mUjnEq5UHGCO5Qp/D9a+bh7cc+eYfsZWmpg&#10;LEjjwjTQZcyn1b6OX4qUkZ5KuD+UTbXIJF1O8suby5xUknSTi5vx5CrSZEdr5wN+UVCzKBTcU1tS&#10;tcTuIWAHHSDRmYVlZUxqjbGsKfj1xVWeDA4aIjc2YlVqck9zjDxJuDcqYoz9pjSrypRAvEjjpRbG&#10;s52gwRBSKosp98RL6IjSFMR7DHv8Mar3GHd5DJ7B4sG4riz4lP1Z2OWPIWTd4anmJ3lHEdtVS4mf&#10;NHYF5Z767aFbheDksqKmPIiAz8LT7FMfaZ/xiQ5tgIoPvcTZBvyvv91HPI0kaTlraJcKHn5uhVec&#10;ma+WhjUu3iD4QVgNgt3WC6AujOmlcDKJZODRDKL2UL/Rms+jF1IJK8lXwXEQF9htND0TUs3nCUTr&#10;5QQ+2BcnI3VsShyx1/ZNeNfPIdIEP8KwZWJ6No4dNlpamG8RdJVmNda1q2Jfb1rNNO39MxJ3//Q/&#10;oY6P3ew3AAAA//8DAFBLAwQUAAYACAAAACEAWdGTBOEAAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBRE90j8g3WR2FG7JU2jkJsK8djxbIsEOyc2SUR8HdlOGv4es4LlaEYzZ4rtbHo2aec7&#10;SwjLhQCmqbaqowbhsL+/yID5IEnJ3pJG+NYetuXpSSFzZY/0qqddaFgsIZ9LhDaEIefc16020i/s&#10;oCl6n9YZGaJ0DVdOHmO56flKiJQb2VFcaOWgb1pdf+1Gg9C/e/dQifAx3TaP4eWZj293yyfE87P5&#10;+gpY0HP4C8MvfkSHMjJVdiTlWY+wTpOIHhBW6Saeioks2yTAKoRLkayBlwX//6H8AQAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhABtxGTtgAgAANAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFnRkwThAAAACwEAAA8AAAAAAAAAAAAAAAAAugQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADIBQAAAAA=&#10;" w14:anchorId="7868EF60">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w:rsidR="00187443" w:rsidRDefault="00187443" w14:paraId="4D993747" w14:textId="77777777"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00092BAB" w:rsidR="002A1A9B">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Aanleiding</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB51E3" w:rsidP="00EB51E3" w:rsidRDefault="0051711B" w14:paraId="0CF4F276" w14:textId="5396F045">
+    <w:p w:rsidR="00EB51E3" w:rsidP="00EB51E3" w:rsidRDefault="0051711B" w14:paraId="0CF4F276" w14:textId="72503093">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Tijdens de procedurevergadering</w:t>
       </w:r>
       <w:r w:rsidR="00223888">
         <w:t xml:space="preserve"> KGG</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> van </w:t>
       </w:r>
       <w:r w:rsidR="00BE6E2B">
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00F131C0">
         <w:t xml:space="preserve"> december</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> jl.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00630223">
+        <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidR="0054140F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00291D20">
         <w:t>is het</w:t>
       </w:r>
       <w:r w:rsidRPr="00F131C0" w:rsidR="00F131C0">
         <w:t xml:space="preserve"> lid </w:t>
       </w:r>
       <w:r w:rsidR="00BE6E2B">
         <w:t>Jumelet</w:t>
       </w:r>
       <w:r w:rsidRPr="00F131C0" w:rsidR="00F131C0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId14">
-[...6 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="00EF0D02" w:rsidR="00F131C0">
+        <w:t>benoemd</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F131C0" w:rsidR="00F131C0">
         <w:t xml:space="preserve"> tot</w:t>
       </w:r>
       <w:r w:rsidR="00500166">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00912889" w:rsidR="00F131C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>EU-rapporteur</w:t>
       </w:r>
       <w:r w:rsidRPr="00F131C0" w:rsidR="00F131C0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E0D" w:rsidR="00F131C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Clean Industrial Deal</w:t>
       </w:r>
       <w:r w:rsidRPr="00F131C0" w:rsidR="00F131C0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001705A2" w:rsidP="001705A2" w:rsidRDefault="001705A2" w14:paraId="2C06637F" w14:textId="0E87F9E5">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Na instelling van een</w:t>
       </w:r>
       <w:r w:rsidR="009B4B38">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>EU-rapporteurschap, dient aan de betreffende commissie een mandaat ter bespreking en goedkeuring te worden voorgelegd.</w:t>
+        <w:t>EU-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>rapporteurschap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, dient aan de betreffende commissie een mandaat ter bespreking en goedkeuring te worden voorgelegd.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003A32B5" w:rsidR="00793D54" w:rsidP="00793D54" w:rsidRDefault="00793D54" w14:paraId="0C23D5AF" w14:textId="77777777"/>
-    <w:p w:rsidR="00C223EB" w:rsidP="00E745DF" w:rsidRDefault="00921C19" w14:paraId="55C9462E" w14:textId="77777777">
+    <w:p w:rsidRPr="0059306C" w:rsidR="00D572D4" w:rsidP="00E745DF" w:rsidRDefault="00921C19" w14:paraId="20B37565" w14:textId="7A33291A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="4"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="18"/>
         </w:pBdr>
         <w:spacing w:line="284" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Beslispunten</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0059306C" w:rsidR="00D572D4" w:rsidP="00E745DF" w:rsidRDefault="00D572D4" w14:paraId="20B37565" w14:textId="77777777">
-[...79 lines deleted...]
-    <w:p w:rsidRPr="009B4B38" w:rsidR="009B4B38" w:rsidP="009B4B38" w:rsidRDefault="00F71929" w14:paraId="4941B002" w14:textId="2B82505D">
+    <w:p w:rsidRPr="008439B6" w:rsidR="00D572D4" w:rsidP="00D572D4" w:rsidRDefault="00064F9B" w14:paraId="314C877A" w14:textId="715C2D58">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="4"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="18"/>
         </w:pBdr>
         <w:spacing w:line="284" w:lineRule="exact"/>
-      </w:pPr>
-[...12 lines deleted...]
-      <w:r w:rsidR="009B4B38">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008439B6">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Kunt u i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008439B6" w:rsidR="00E65B15">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>nstemmen met h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008439B6" w:rsidR="000F7ED3">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008439B6" w:rsidR="00D572D4">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">voorgestelde </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008439B6" w:rsidR="00F71929">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>mandaat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008439B6" w:rsidR="00883F00">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008439B6" w:rsidR="00553BBB">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008439B6" w:rsidR="00883F00">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> begroting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008439B6" w:rsidR="000C42DB">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B2154" w:rsidR="000F7ED3">
+      <w:r w:rsidRPr="008439B6" w:rsidR="00F71929">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>voor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008439B6" w:rsidR="000F7ED3">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> het EU-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008439B6" w:rsidR="000F7ED3">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>rapporteurschap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008439B6" w:rsidR="000F7ED3">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008439B6" w:rsidR="002B2154">
+        <w:t>Clean Industrial Deal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008439B6">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006132BA" w:rsidP="008439B6" w:rsidRDefault="006132BA" w14:paraId="703BEC90" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="18"/>
-[...10 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="008439B6" w:rsidR="008439B6" w:rsidP="008439B6" w:rsidRDefault="008439B6" w14:paraId="03060D99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="284" w:lineRule="exact"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008439B6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Voorgestelde mandaat EU-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008439B6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>rapporteurschap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008439B6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B2154" w:rsidR="00A33069">
-[...93 lines deleted...]
-        <w:t>en 3) de Nederlandse Permanente Vertegenwoordiging bij de EU.</w:t>
+      <w:r w:rsidRPr="008439B6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Clean Industrial Deal</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90484" w:rsidP="009B4B38" w:rsidRDefault="00F71929" w14:paraId="454AC432" w14:textId="776A5291">
+    <w:p w:rsidRPr="009B4B38" w:rsidR="008439B6" w:rsidP="008439B6" w:rsidRDefault="008439B6" w14:paraId="1A445F4E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:pBdr>
-[...4 lines deleted...]
-        </w:pBdr>
         <w:spacing w:line="284" w:lineRule="exact"/>
       </w:pPr>
+      <w:r w:rsidRPr="002B2154">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Het</w:t>
+      </w:r>
       <w:r>
-        <w:t>Het</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="009B4B38" w:rsidR="00E65B15">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2154">
         <w:rPr>
           <w:b/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>versterken van de informatiepositie van de Kamer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2154">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, middels het voeren </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4B38">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">van gesprekken namens de commissie </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>KGG</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4B38">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> door de rapporteur in Nederland met 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1780A">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) VNO-NCW, 2) VNCI, 3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1780A">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Deltalinqs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1780A">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1780A">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Chemelot</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1780A">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en 5)  Samenwerkingsverband Noord-Nederland,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4B38">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>en in Brussel met (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4B38">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>hoogambtelijke</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4B38">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) vertegenwoordigers van de Europese Commissie (bij DG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>GROW, DG ENER en DG ENVI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4B38">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en de kabinetten van Eurocommissarissen </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hoekstra, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Séjourné</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4B38">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en Ribera </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4B38">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Rodríguez</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4B38">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), 2) leden van het Europees Parlement van de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4B38">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ommissie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s milieu (ENVI) en industrie, onderzoek en energie (ITRE) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4B38">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>en 3) de Nederlandse Permanente Vertegenwoordiging bij de EU.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0038770F" w:rsidR="008439B6" w:rsidP="008439B6" w:rsidRDefault="00EF0D02" w14:paraId="4C08FA12" w14:textId="3A0CD9C4">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="284" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Voorstellen doen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0038770F" w:rsidR="008439B6">
+        <w:t xml:space="preserve">voor een </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0038770F" w:rsidR="008439B6">
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>optimale behandeling</w:t>
       </w:r>
-      <w:r w:rsidR="00E65B15">
-[...23 lines deleted...]
-      <w:r w:rsidR="00E65B15">
+      <w:r w:rsidRPr="0038770F" w:rsidR="008439B6">
+        <w:t xml:space="preserve"> in de Kamer van nog te verschijnen EU-voorstellen die voortvloeien uit de Clean Industrial Deal. Dit betekent zorgen voor aandacht en tijdige behandeling om maximaal grip op een onderwerp te hebben</w:t>
+      </w:r>
+      <w:r w:rsidR="00B710B7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D572D4" w:rsidP="00D572D4" w:rsidRDefault="00D572D4" w14:paraId="314C877A" w14:textId="77777777">
-[...10 lines deleted...]
-    <w:p w:rsidR="006132BA" w:rsidP="00BB63B8" w:rsidRDefault="006132BA" w14:paraId="703BEC90" w14:textId="77777777">
+    <w:p w:rsidR="008439B6" w:rsidP="00BB63B8" w:rsidRDefault="008439B6" w14:paraId="4CE36522" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00B12239" w:rsidR="00BB63B8" w:rsidP="00BB63B8" w:rsidRDefault="00444D4D" w14:paraId="45EF51DD" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Toelichting </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D572D4" w:rsidP="00EB3F35" w:rsidRDefault="00554C8E" w14:paraId="7084C5D6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="008E0376">
         <w:t xml:space="preserve">De </w:t>
       </w:r>
       <w:r>
         <w:t>Clean Industrial Deal (</w:t>
       </w:r>
       <w:r w:rsidRPr="008E0376">
         <w:t>CID</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="008E0376">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">werd op 26 februari 2025 in de vorm van een beleidsstuk (mededeling) uitgebracht en </w:t>
       </w:r>
       <w:r w:rsidRPr="008E0376">
-        <w:t>heeft tot doel om te komen tot decarbonisatie, lagere energieprijzen, concurrerende industrieën en hoogwaardige banen, in het licht van de zorgen over het concurrentievermogen van de industrie in de EU en de noodzaak om de Europese economie koolstofvrij te maken.</w:t>
+        <w:t xml:space="preserve">heeft tot doel om te komen tot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E0376">
+        <w:t>decarbonisatie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E0376">
+        <w:t>, lagere energieprijzen, concurrerende industrieën en hoogwaardige banen, in het licht van de zorgen over het concurrentievermogen van de industrie in de EU en de noodzaak om de Europese economie koolstofvrij te maken.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00554C8E" w:rsidP="00EB3F35" w:rsidRDefault="002F7159" w14:paraId="3AE63F9C" w14:textId="07C4A582">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>In het kielzog van de CID</w:t>
       </w:r>
       <w:r w:rsidR="00C233E2">
         <w:t xml:space="preserve">-mededeling zullen de komende jaren </w:t>
       </w:r>
       <w:r>
-        <w:t>verschillende EU-(wetgevings)voorstellen worden uitgebracht</w:t>
+        <w:t>verschillende EU-(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>wetgevings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)voorstellen worden uitgebracht</w:t>
       </w:r>
       <w:r w:rsidR="00EB3F35">
         <w:t xml:space="preserve">, waaronder een </w:t>
       </w:r>
       <w:r w:rsidRPr="00844394" w:rsidR="00EB3F35">
         <w:t>Industrial Accelerator Act</w:t>
       </w:r>
       <w:r w:rsidR="00EB3F35">
         <w:t xml:space="preserve"> (begin 2026), een </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD05DD" w:rsidR="00EB3F35">
-        <w:t>Clean Energy Investment Strategy</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Clean Energy Investment </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD05DD" w:rsidR="00EB3F35">
+        <w:t>Strategy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB3F35">
-        <w:t xml:space="preserve"> (10 maart 2026 verwacht),</w:t>
+        <w:t xml:space="preserve"> (10 </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3F35">
+        <w:lastRenderedPageBreak/>
+        <w:t>maart 2026 verwacht),</w:t>
       </w:r>
       <w:r w:rsidRPr="00844394" w:rsidR="00EB3F35">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EB3F35">
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidRPr="00844394" w:rsidR="00EB3F35">
         <w:t xml:space="preserve">Public </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00844394" w:rsidR="00EB3F35">
         <w:t>Procurement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00844394" w:rsidR="00EB3F35">
         <w:t xml:space="preserve"> Act</w:t>
       </w:r>
       <w:r w:rsidR="00EB3F35">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A753E1">
         <w:t>(2</w:t>
       </w:r>
       <w:r w:rsidRPr="00A753E1" w:rsidR="00A753E1">
@@ -1491,51 +1583,50 @@
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00E9051F">
         <w:t xml:space="preserve"> kwartaal 2026)</w:t>
       </w:r>
       <w:r w:rsidR="00EB3F35">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B808B7" w:rsidP="00B808B7" w:rsidRDefault="00287171" w14:paraId="1E5B5B19" w14:textId="51B7367A">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Gelet op d</w:t>
       </w:r>
       <w:r w:rsidR="00B24685">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">at de uitwerking van de </w:t>
       </w:r>
       <w:r w:rsidR="002D2F4C">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>CID</w:t>
       </w:r>
       <w:r w:rsidR="00B24685">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> de komende periode nog </w:t>
       </w:r>
       <w:r w:rsidR="000E5D7C">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">verder </w:t>
@@ -1962,51 +2053,67 @@
         <w:rPr>
           <w:i/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">gaan </w:t>
       </w:r>
       <w:r w:rsidR="00EF55E8">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>voor</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F35">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">stellen om de </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F35" w:rsidR="001C040D">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>industrie in de EU concurrerender te maken en tegelijk te decarboniseren?</w:t>
+        <w:t xml:space="preserve">industrie in de EU concurrerender te maken en tegelijk te </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB3F35" w:rsidR="001C040D">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>decarboniseren</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB3F35" w:rsidR="001C040D">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D8360A" w:rsidP="00B9249A" w:rsidRDefault="00BE14CF" w14:paraId="096DADF9" w14:textId="785A1E73">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Wat is de verwachte tijdlijn omtrent </w:t>
       </w:r>
       <w:r w:rsidR="00744624">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="18"/>
@@ -2140,51 +2247,51 @@
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Van 18 december 2024 tot 30 oktober 2025 was Joris Thijssen (GL-PvdA) </w:t>
       </w:r>
       <w:r w:rsidR="00993F71">
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> EU-rapporteur Clean Industrial Deal. Een belangrijk onderdeel van het vorige </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>rapporteurschap</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> vormde het voeren van gesprekken in januari 2024 in Brussel om meer inzicht in de verwachte inhoud van de </w:t>
       </w:r>
       <w:r w:rsidR="001C1263">
         <w:t>CID</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> te verkrijgen. In het </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId15">
+      <w:hyperlink w:history="1" r:id="rId14">
         <w:r w:rsidRPr="00F83898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>eindverslag</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> van </w:t>
       </w:r>
       <w:r w:rsidR="001C1263">
         <w:t>Joris</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Thijssen van 30 oktober 2025 werd </w:t>
       </w:r>
       <w:r w:rsidRPr="00F83898">
         <w:t xml:space="preserve">de Commissie KGG </w:t>
       </w:r>
       <w:r>
         <w:t>aanbevolen om he</w:t>
       </w:r>
       <w:r w:rsidRPr="00F83898">
         <w:t>t EU-</w:t>
       </w:r>
@@ -2227,71 +2334,78 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F7159">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Een EU-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002F7159">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>rapporteurschap</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002F7159">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan voor meerdere doeleinden worden </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId16">
+      <w:hyperlink w:history="1" r:id="rId15">
         <w:r w:rsidRPr="002F7159">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>ingezet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002F7159">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>: 1) de informatiepositie van de Kamer op een EU-dossier versterken, 2) zorgen voor een optimale behandeling van een EU-onderwerp in de Kamer en/of 3) het actief uitdragen van een bepaald standpunt en hier steun voor zoeken.</w:t>
+        <w:t xml:space="preserve">: 1) de informatiepositie van de Kamer op een EU-dossier versterken, 2) zorgen voor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F7159">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>een optimale behandeling van een EU-onderwerp in de Kamer en/of 3) het actief uitdragen van een bepaald standpunt en hier steun voor zoeken.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D572D4" w:rsidP="00B9249A" w:rsidRDefault="00D572D4" w14:paraId="614E8595" w14:textId="77777777">
       <w:pPr>
         <w:sectPr w:rsidR="00D572D4" w:rsidSect="00B57515">
-          <w:headerReference w:type="default" r:id="rId17"/>
-          <w:footerReference w:type="default" r:id="rId18"/>
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="3255" w:right="1701" w:bottom="1418" w:left="2211" w:header="2370" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:type="lines" w:linePitch="284"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00A85AAC" w:rsidR="00181D6C" w:rsidRDefault="00150F0B" w14:paraId="1C678A0F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Koptekst"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A85AAC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Bijlage</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00150F0B" w:rsidRDefault="00150F0B" w14:paraId="4B282EA0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Koptekst"/>
@@ -2304,52 +2418,60 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001843AB">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Begroting bezoek aan Brussel </w:t>
       </w:r>
       <w:r w:rsidR="000A7DE1">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>in het kader van</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> afspraken </w:t>
       </w:r>
       <w:r w:rsidRPr="001843AB">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>EU-rapporteurschap</w:t>
-      </w:r>
+        <w:t>EU-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001843AB">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>rapporteurschap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000A7DE1">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B003EC">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Clean Industrial Deal</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001843AB" w:rsidRDefault="001843AB" w14:paraId="6DEAD473" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Koptekst"/>
       </w:pPr>
       <w:r>
         <w:t>Treintickets</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>€ 2</w:t>
       </w:r>
       <w:r w:rsidR="00EF7581">
@@ -2509,54 +2631,53 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lohit Hindi">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="HPAGA E+ Univers">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="44C550B3" w14:textId="77777777" w:rsidR="00187443" w:rsidRDefault="00187443">
     <w:pPr>
@@ -2975,50 +3096,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1288219A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7AD0F7C8"/>
+    <w:lvl w:ilvl="0" w:tplc="04130001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15E476CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9000D4F0"/>
     <w:lvl w:ilvl="0" w:tplc="8CE00636">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="785" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
@@ -3063,51 +3297,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5825" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6545" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21697670"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D736B7AC"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
@@ -3152,51 +3386,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="227D406C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A26BBF2"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3265,51 +3499,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25197058"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44CE1662"/>
     <w:lvl w:ilvl="0" w:tplc="04130003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1145" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1865" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3378,51 +3612,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6185" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6905" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29A5469A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2AA41A0C"/>
     <w:lvl w:ilvl="0" w:tplc="0413000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
@@ -3467,51 +3701,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A8E4189"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5D0216A"/>
     <w:lvl w:ilvl="0" w:tplc="04130011">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
@@ -3556,51 +3790,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E203A24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5678C04A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3669,51 +3903,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35815064"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="319EF862"/>
     <w:lvl w:ilvl="0" w:tplc="0413000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
@@ -3758,51 +3992,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37C0733F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="432A2DEE"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3871,51 +4105,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="400C4E97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A744734E"/>
     <w:lvl w:ilvl="0" w:tplc="04130011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
@@ -3960,51 +4194,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="485E049D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44469128"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0413000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -4073,51 +4307,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E7E09FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="94E0C0FA"/>
     <w:lvl w:ilvl="0" w:tplc="FF4EF29E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2EE674AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="803AA036" w:tentative="1">
@@ -4162,51 +4396,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="E5E6631C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="824E8432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50686C7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC8ACA2E"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4275,51 +4509,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54102BF3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6898222A"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4388,51 +4622,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57907FE8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="763C78B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4537,51 +4771,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59D04600"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="457633E6"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4650,51 +4884,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BD25983"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6CDA606C"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4763,51 +4997,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60683B05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B5727CE4"/>
     <w:lvl w:ilvl="0" w:tplc="72BAB54C">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B">
@@ -4852,51 +5086,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63503C4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2384CEC2"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4965,51 +5199,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="646A0F0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1EB66CD6"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5078,51 +5312,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69DA0B74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="058E8714"/>
     <w:lvl w:ilvl="0" w:tplc="0413000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5164,51 +5398,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78D96D64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C77EB8A8"/>
     <w:lvl w:ilvl="0" w:tplc="0413000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5250,51 +5484,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C6D284C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F240114"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5364,155 +5598,158 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1508859460">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="675769778">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="711459025">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1302075128">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2058896871">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1247419433">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="967710309">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1536456713">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="128016361">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1486238394">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="154760060">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1318536919">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="102967873">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="920220160">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1937471283">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1925265452">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="522203956">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1302075128">
-[...23 lines deleted...]
-  <w:num w:numId="12" w16cid:durableId="1318536919">
+  <w:num w:numId="18" w16cid:durableId="1913199453">
     <w:abstractNumId w:val="19"/>
-  </w:num>
-[...16 lines deleted...]
-    <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="7"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1748729654">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="576130799">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="183710408">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1761026244">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1694960228">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="559487525">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="2051374972">
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="114"/>
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="90"/>
   <w:drawingGridVerticalSpacing w:val="142"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -5548,93 +5785,95 @@
     <w:rsid w:val="00031970"/>
     <w:rsid w:val="0003305D"/>
     <w:rsid w:val="000333B6"/>
     <w:rsid w:val="000336BD"/>
     <w:rsid w:val="00036514"/>
     <w:rsid w:val="00036640"/>
     <w:rsid w:val="000428C1"/>
     <w:rsid w:val="00044FC3"/>
     <w:rsid w:val="00045833"/>
     <w:rsid w:val="00047195"/>
     <w:rsid w:val="0004778F"/>
     <w:rsid w:val="00050072"/>
     <w:rsid w:val="00050574"/>
     <w:rsid w:val="00051524"/>
     <w:rsid w:val="00051D08"/>
     <w:rsid w:val="00052C7B"/>
     <w:rsid w:val="00052FB2"/>
     <w:rsid w:val="0005347A"/>
     <w:rsid w:val="000559C4"/>
     <w:rsid w:val="000565DB"/>
     <w:rsid w:val="00057BF0"/>
     <w:rsid w:val="00060C4A"/>
     <w:rsid w:val="000629EB"/>
     <w:rsid w:val="00062A9B"/>
     <w:rsid w:val="000639D3"/>
+    <w:rsid w:val="00064F9B"/>
     <w:rsid w:val="00066603"/>
     <w:rsid w:val="0006765C"/>
     <w:rsid w:val="00070278"/>
     <w:rsid w:val="000709EB"/>
     <w:rsid w:val="00070A43"/>
     <w:rsid w:val="00072978"/>
     <w:rsid w:val="000735CD"/>
     <w:rsid w:val="000744C7"/>
     <w:rsid w:val="00074847"/>
     <w:rsid w:val="00076FDB"/>
     <w:rsid w:val="000808FB"/>
     <w:rsid w:val="00080C03"/>
     <w:rsid w:val="00082A30"/>
     <w:rsid w:val="00084C16"/>
     <w:rsid w:val="00090450"/>
     <w:rsid w:val="00091061"/>
     <w:rsid w:val="00092BAB"/>
     <w:rsid w:val="00093275"/>
     <w:rsid w:val="0009408D"/>
     <w:rsid w:val="00094EE3"/>
     <w:rsid w:val="00095586"/>
     <w:rsid w:val="00096636"/>
     <w:rsid w:val="00096783"/>
     <w:rsid w:val="000975E2"/>
     <w:rsid w:val="00097A63"/>
     <w:rsid w:val="000A0A50"/>
     <w:rsid w:val="000A1281"/>
     <w:rsid w:val="000A20FB"/>
     <w:rsid w:val="000A3C7D"/>
     <w:rsid w:val="000A47FE"/>
     <w:rsid w:val="000A65F3"/>
     <w:rsid w:val="000A7DE1"/>
     <w:rsid w:val="000B0A03"/>
     <w:rsid w:val="000B19E9"/>
     <w:rsid w:val="000B1A0D"/>
     <w:rsid w:val="000B2FE9"/>
     <w:rsid w:val="000B507E"/>
     <w:rsid w:val="000B51A6"/>
     <w:rsid w:val="000B5ECC"/>
     <w:rsid w:val="000B5F6C"/>
     <w:rsid w:val="000C1988"/>
     <w:rsid w:val="000C24B2"/>
     <w:rsid w:val="000C36EF"/>
+    <w:rsid w:val="000C42DB"/>
     <w:rsid w:val="000C51A1"/>
     <w:rsid w:val="000C557F"/>
     <w:rsid w:val="000C72B5"/>
     <w:rsid w:val="000D076C"/>
     <w:rsid w:val="000D07A2"/>
     <w:rsid w:val="000D09F4"/>
     <w:rsid w:val="000D1C6C"/>
     <w:rsid w:val="000D2EDF"/>
     <w:rsid w:val="000D4B74"/>
     <w:rsid w:val="000D4EB1"/>
     <w:rsid w:val="000D5068"/>
     <w:rsid w:val="000D584A"/>
     <w:rsid w:val="000D6457"/>
     <w:rsid w:val="000D7874"/>
     <w:rsid w:val="000E1F9A"/>
     <w:rsid w:val="000E3C85"/>
     <w:rsid w:val="000E40E5"/>
     <w:rsid w:val="000E5943"/>
     <w:rsid w:val="000E5D5B"/>
     <w:rsid w:val="000E5D7C"/>
     <w:rsid w:val="000E69FD"/>
     <w:rsid w:val="000E6BAE"/>
     <w:rsid w:val="000E6D01"/>
     <w:rsid w:val="000E6E3D"/>
     <w:rsid w:val="000F078E"/>
@@ -5747,50 +5986,51 @@
     <w:rsid w:val="001B3011"/>
     <w:rsid w:val="001B34D9"/>
     <w:rsid w:val="001B3655"/>
     <w:rsid w:val="001B3AD4"/>
     <w:rsid w:val="001B4BF0"/>
     <w:rsid w:val="001B4E12"/>
     <w:rsid w:val="001B5F24"/>
     <w:rsid w:val="001B5F60"/>
     <w:rsid w:val="001B6BB3"/>
     <w:rsid w:val="001C040D"/>
     <w:rsid w:val="001C1263"/>
     <w:rsid w:val="001C40C1"/>
     <w:rsid w:val="001C4821"/>
     <w:rsid w:val="001C5CCF"/>
     <w:rsid w:val="001C7C55"/>
     <w:rsid w:val="001D1328"/>
     <w:rsid w:val="001D179B"/>
     <w:rsid w:val="001D24ED"/>
     <w:rsid w:val="001D2F57"/>
     <w:rsid w:val="001D40CF"/>
     <w:rsid w:val="001D6789"/>
     <w:rsid w:val="001D71DD"/>
     <w:rsid w:val="001E1C24"/>
     <w:rsid w:val="001E1C9F"/>
     <w:rsid w:val="001E1F28"/>
+    <w:rsid w:val="001E2852"/>
     <w:rsid w:val="001E2A25"/>
     <w:rsid w:val="001E2EC5"/>
     <w:rsid w:val="001E372F"/>
     <w:rsid w:val="001E3CC7"/>
     <w:rsid w:val="001E66D5"/>
     <w:rsid w:val="001E6A00"/>
     <w:rsid w:val="001E6E6D"/>
     <w:rsid w:val="001E7814"/>
     <w:rsid w:val="001F311D"/>
     <w:rsid w:val="001F4A8B"/>
     <w:rsid w:val="001F4BB8"/>
     <w:rsid w:val="001F566A"/>
     <w:rsid w:val="001F5A94"/>
     <w:rsid w:val="001F73E3"/>
     <w:rsid w:val="001F76BF"/>
     <w:rsid w:val="002001BD"/>
     <w:rsid w:val="00200CA2"/>
     <w:rsid w:val="00200CCB"/>
     <w:rsid w:val="002011D5"/>
     <w:rsid w:val="00203271"/>
     <w:rsid w:val="00204335"/>
     <w:rsid w:val="00204765"/>
     <w:rsid w:val="00204A01"/>
     <w:rsid w:val="0021013B"/>
     <w:rsid w:val="00211BDE"/>
@@ -5881,72 +6121,74 @@
     <w:rsid w:val="002B4541"/>
     <w:rsid w:val="002B4748"/>
     <w:rsid w:val="002B5768"/>
     <w:rsid w:val="002B6A61"/>
     <w:rsid w:val="002B6B4E"/>
     <w:rsid w:val="002B7E16"/>
     <w:rsid w:val="002C062F"/>
     <w:rsid w:val="002C0813"/>
     <w:rsid w:val="002C3510"/>
     <w:rsid w:val="002C5A3F"/>
     <w:rsid w:val="002C7785"/>
     <w:rsid w:val="002C7BA9"/>
     <w:rsid w:val="002C7C31"/>
     <w:rsid w:val="002D0F29"/>
     <w:rsid w:val="002D1F97"/>
     <w:rsid w:val="002D2F4C"/>
     <w:rsid w:val="002D30C2"/>
     <w:rsid w:val="002D324C"/>
     <w:rsid w:val="002D32D1"/>
     <w:rsid w:val="002D4E09"/>
     <w:rsid w:val="002D52DA"/>
     <w:rsid w:val="002D6F7E"/>
     <w:rsid w:val="002E04EB"/>
     <w:rsid w:val="002E1629"/>
     <w:rsid w:val="002E16AA"/>
+    <w:rsid w:val="002E4E02"/>
     <w:rsid w:val="002E5AFF"/>
     <w:rsid w:val="002E5C86"/>
     <w:rsid w:val="002E6052"/>
     <w:rsid w:val="002E627E"/>
     <w:rsid w:val="002E6424"/>
     <w:rsid w:val="002E7500"/>
     <w:rsid w:val="002F1003"/>
     <w:rsid w:val="002F109B"/>
     <w:rsid w:val="002F18AB"/>
     <w:rsid w:val="002F2DCC"/>
     <w:rsid w:val="002F2EA8"/>
     <w:rsid w:val="002F3A70"/>
     <w:rsid w:val="002F3BA6"/>
     <w:rsid w:val="002F52A9"/>
     <w:rsid w:val="002F56E1"/>
     <w:rsid w:val="002F6908"/>
     <w:rsid w:val="002F6B58"/>
     <w:rsid w:val="002F7159"/>
     <w:rsid w:val="0030055F"/>
     <w:rsid w:val="0030057C"/>
     <w:rsid w:val="003006C0"/>
     <w:rsid w:val="003007DB"/>
+    <w:rsid w:val="00300BB0"/>
     <w:rsid w:val="00300C25"/>
     <w:rsid w:val="00300F57"/>
     <w:rsid w:val="003017BB"/>
     <w:rsid w:val="00301862"/>
     <w:rsid w:val="003021CF"/>
     <w:rsid w:val="00302EAD"/>
     <w:rsid w:val="00304BE0"/>
     <w:rsid w:val="00304CE9"/>
     <w:rsid w:val="0030582B"/>
     <w:rsid w:val="00305C9F"/>
     <w:rsid w:val="00306B73"/>
     <w:rsid w:val="00306F92"/>
     <w:rsid w:val="00307DBD"/>
     <w:rsid w:val="003100F7"/>
     <w:rsid w:val="003105D4"/>
     <w:rsid w:val="003122F4"/>
     <w:rsid w:val="003131F7"/>
     <w:rsid w:val="0031373E"/>
     <w:rsid w:val="00313982"/>
     <w:rsid w:val="003149AE"/>
     <w:rsid w:val="00314E3B"/>
     <w:rsid w:val="003155A1"/>
     <w:rsid w:val="00316443"/>
     <w:rsid w:val="00316AEB"/>
     <w:rsid w:val="00317D0E"/>
@@ -5980,50 +6222,51 @@
     <w:rsid w:val="00350FB3"/>
     <w:rsid w:val="00351400"/>
     <w:rsid w:val="00351A62"/>
     <w:rsid w:val="00351A65"/>
     <w:rsid w:val="00355CA5"/>
     <w:rsid w:val="003570EE"/>
     <w:rsid w:val="00357308"/>
     <w:rsid w:val="00357DDE"/>
     <w:rsid w:val="00357F77"/>
     <w:rsid w:val="00362C0E"/>
     <w:rsid w:val="00363303"/>
     <w:rsid w:val="003653EF"/>
     <w:rsid w:val="00365C45"/>
     <w:rsid w:val="00366DB5"/>
     <w:rsid w:val="0037090F"/>
     <w:rsid w:val="00371D17"/>
     <w:rsid w:val="003721AD"/>
     <w:rsid w:val="003754A8"/>
     <w:rsid w:val="00377173"/>
     <w:rsid w:val="00381F8C"/>
     <w:rsid w:val="00382E6E"/>
     <w:rsid w:val="00383CE2"/>
     <w:rsid w:val="00383E68"/>
     <w:rsid w:val="00386988"/>
     <w:rsid w:val="00386FA0"/>
+    <w:rsid w:val="0038770F"/>
     <w:rsid w:val="00387C50"/>
     <w:rsid w:val="0039191E"/>
     <w:rsid w:val="00392ECC"/>
     <w:rsid w:val="00393DD8"/>
     <w:rsid w:val="003954D9"/>
     <w:rsid w:val="0039550E"/>
     <w:rsid w:val="0039730C"/>
     <w:rsid w:val="003A015B"/>
     <w:rsid w:val="003A17F5"/>
     <w:rsid w:val="003A24A3"/>
     <w:rsid w:val="003A32B5"/>
     <w:rsid w:val="003A34E0"/>
     <w:rsid w:val="003A49F2"/>
     <w:rsid w:val="003A6D20"/>
     <w:rsid w:val="003B03F3"/>
     <w:rsid w:val="003B05A9"/>
     <w:rsid w:val="003B0A0E"/>
     <w:rsid w:val="003B238C"/>
     <w:rsid w:val="003B4A30"/>
     <w:rsid w:val="003B6029"/>
     <w:rsid w:val="003B6F76"/>
     <w:rsid w:val="003B7D00"/>
     <w:rsid w:val="003B7D56"/>
     <w:rsid w:val="003C0550"/>
     <w:rsid w:val="003C1623"/>
@@ -6056,51 +6299,50 @@
     <w:rsid w:val="0040227D"/>
     <w:rsid w:val="004029CF"/>
     <w:rsid w:val="00403F7A"/>
     <w:rsid w:val="004043CD"/>
     <w:rsid w:val="0040571F"/>
     <w:rsid w:val="00405D39"/>
     <w:rsid w:val="0040681C"/>
     <w:rsid w:val="00406A3C"/>
     <w:rsid w:val="00407143"/>
     <w:rsid w:val="00407A3F"/>
     <w:rsid w:val="004119FB"/>
     <w:rsid w:val="0041340C"/>
     <w:rsid w:val="004137D0"/>
     <w:rsid w:val="00413B45"/>
     <w:rsid w:val="0041688A"/>
     <w:rsid w:val="00416C88"/>
     <w:rsid w:val="00416FC6"/>
     <w:rsid w:val="00417205"/>
     <w:rsid w:val="00420626"/>
     <w:rsid w:val="00421A8D"/>
     <w:rsid w:val="00422128"/>
     <w:rsid w:val="00423875"/>
     <w:rsid w:val="00423AC8"/>
     <w:rsid w:val="00423AEF"/>
     <w:rsid w:val="00425106"/>
-    <w:rsid w:val="00425E74"/>
     <w:rsid w:val="0042669D"/>
     <w:rsid w:val="004270B4"/>
     <w:rsid w:val="00431003"/>
     <w:rsid w:val="00431DD1"/>
     <w:rsid w:val="004337F4"/>
     <w:rsid w:val="0043382C"/>
     <w:rsid w:val="00433DB2"/>
     <w:rsid w:val="0043452C"/>
     <w:rsid w:val="004351FC"/>
     <w:rsid w:val="00437084"/>
     <w:rsid w:val="00437465"/>
     <w:rsid w:val="00441A25"/>
     <w:rsid w:val="00442794"/>
     <w:rsid w:val="00442CCE"/>
     <w:rsid w:val="00443C56"/>
     <w:rsid w:val="00444738"/>
     <w:rsid w:val="00444D4D"/>
     <w:rsid w:val="00445C17"/>
     <w:rsid w:val="00450263"/>
     <w:rsid w:val="004502A7"/>
     <w:rsid w:val="00450897"/>
     <w:rsid w:val="00450C73"/>
     <w:rsid w:val="0045181A"/>
     <w:rsid w:val="004521E2"/>
     <w:rsid w:val="00453446"/>
@@ -6198,50 +6440,51 @@
     <w:rsid w:val="00521C39"/>
     <w:rsid w:val="00521EB0"/>
     <w:rsid w:val="005238E9"/>
     <w:rsid w:val="00523B6A"/>
     <w:rsid w:val="0052492E"/>
     <w:rsid w:val="00527F06"/>
     <w:rsid w:val="00532B9A"/>
     <w:rsid w:val="00533868"/>
     <w:rsid w:val="00535973"/>
     <w:rsid w:val="0053642E"/>
     <w:rsid w:val="0053683A"/>
     <w:rsid w:val="00537108"/>
     <w:rsid w:val="005408F0"/>
     <w:rsid w:val="0054140F"/>
     <w:rsid w:val="00543299"/>
     <w:rsid w:val="00543DDD"/>
     <w:rsid w:val="00544AC4"/>
     <w:rsid w:val="005461B6"/>
     <w:rsid w:val="00547959"/>
     <w:rsid w:val="005504D2"/>
     <w:rsid w:val="00551BB6"/>
     <w:rsid w:val="005520D1"/>
     <w:rsid w:val="005526FA"/>
     <w:rsid w:val="00553A90"/>
     <w:rsid w:val="00553A96"/>
+    <w:rsid w:val="00553BBB"/>
     <w:rsid w:val="0055423E"/>
     <w:rsid w:val="00554729"/>
     <w:rsid w:val="00554C8E"/>
     <w:rsid w:val="0055505D"/>
     <w:rsid w:val="0055555F"/>
     <w:rsid w:val="00555ECD"/>
     <w:rsid w:val="0055633E"/>
     <w:rsid w:val="005565A9"/>
     <w:rsid w:val="00556890"/>
     <w:rsid w:val="00557734"/>
     <w:rsid w:val="005579AC"/>
     <w:rsid w:val="00562284"/>
     <w:rsid w:val="0056353A"/>
     <w:rsid w:val="0056382C"/>
     <w:rsid w:val="00564E3E"/>
     <w:rsid w:val="0056578C"/>
     <w:rsid w:val="00565BE7"/>
     <w:rsid w:val="00566E7D"/>
     <w:rsid w:val="005676C6"/>
     <w:rsid w:val="005677CA"/>
     <w:rsid w:val="0056782E"/>
     <w:rsid w:val="00571F60"/>
     <w:rsid w:val="00572611"/>
     <w:rsid w:val="00572BC9"/>
     <w:rsid w:val="00573FAD"/>
@@ -6323,50 +6566,51 @@
     <w:rsid w:val="006035DA"/>
     <w:rsid w:val="00603F68"/>
     <w:rsid w:val="00603FE1"/>
     <w:rsid w:val="00604064"/>
     <w:rsid w:val="00604287"/>
     <w:rsid w:val="00605B7E"/>
     <w:rsid w:val="0060746A"/>
     <w:rsid w:val="00607E5B"/>
     <w:rsid w:val="0061004A"/>
     <w:rsid w:val="00610D65"/>
     <w:rsid w:val="00612A7D"/>
     <w:rsid w:val="006132BA"/>
     <w:rsid w:val="00613C4E"/>
     <w:rsid w:val="006145E4"/>
     <w:rsid w:val="006149BD"/>
     <w:rsid w:val="006149EF"/>
     <w:rsid w:val="00614C50"/>
     <w:rsid w:val="00620DB3"/>
     <w:rsid w:val="0062218B"/>
     <w:rsid w:val="00622D62"/>
     <w:rsid w:val="006236C3"/>
     <w:rsid w:val="006241A2"/>
     <w:rsid w:val="0062557E"/>
     <w:rsid w:val="00625E31"/>
     <w:rsid w:val="0062691D"/>
+    <w:rsid w:val="00630223"/>
     <w:rsid w:val="00630EEE"/>
     <w:rsid w:val="00634072"/>
     <w:rsid w:val="00635666"/>
     <w:rsid w:val="00636DA6"/>
     <w:rsid w:val="00640687"/>
     <w:rsid w:val="00640BA8"/>
     <w:rsid w:val="00640D79"/>
     <w:rsid w:val="00641CA7"/>
     <w:rsid w:val="0064356C"/>
     <w:rsid w:val="00643F00"/>
     <w:rsid w:val="0064754B"/>
     <w:rsid w:val="00647BC2"/>
     <w:rsid w:val="00651632"/>
     <w:rsid w:val="00652697"/>
     <w:rsid w:val="006544C8"/>
     <w:rsid w:val="00654D7B"/>
     <w:rsid w:val="00655530"/>
     <w:rsid w:val="006562D9"/>
     <w:rsid w:val="00656BFD"/>
     <w:rsid w:val="00656C41"/>
     <w:rsid w:val="0066063A"/>
     <w:rsid w:val="006614C3"/>
     <w:rsid w:val="0066281A"/>
     <w:rsid w:val="00662D1A"/>
     <w:rsid w:val="006633AD"/>
@@ -6476,50 +6720,51 @@
     <w:rsid w:val="007166C8"/>
     <w:rsid w:val="007200DE"/>
     <w:rsid w:val="00720331"/>
     <w:rsid w:val="007211BE"/>
     <w:rsid w:val="00722AB8"/>
     <w:rsid w:val="007230CC"/>
     <w:rsid w:val="00723CD9"/>
     <w:rsid w:val="00724BEF"/>
     <w:rsid w:val="00725705"/>
     <w:rsid w:val="00726ABB"/>
     <w:rsid w:val="0073053D"/>
     <w:rsid w:val="00731C00"/>
     <w:rsid w:val="00733745"/>
     <w:rsid w:val="00735C9B"/>
     <w:rsid w:val="00737871"/>
     <w:rsid w:val="00740435"/>
     <w:rsid w:val="00741E5C"/>
     <w:rsid w:val="00744624"/>
     <w:rsid w:val="00744EED"/>
     <w:rsid w:val="00745995"/>
     <w:rsid w:val="007468DE"/>
     <w:rsid w:val="00747B2C"/>
     <w:rsid w:val="00750866"/>
     <w:rsid w:val="00751D24"/>
     <w:rsid w:val="00752EDE"/>
+    <w:rsid w:val="0075463E"/>
     <w:rsid w:val="007555C4"/>
     <w:rsid w:val="007558E6"/>
     <w:rsid w:val="0075620E"/>
     <w:rsid w:val="0075648D"/>
     <w:rsid w:val="00756CBA"/>
     <w:rsid w:val="00757FA6"/>
     <w:rsid w:val="00761789"/>
     <w:rsid w:val="00761F1B"/>
     <w:rsid w:val="007621CD"/>
     <w:rsid w:val="00762B2B"/>
     <w:rsid w:val="00763109"/>
     <w:rsid w:val="00765692"/>
     <w:rsid w:val="00767F9D"/>
     <w:rsid w:val="00770340"/>
     <w:rsid w:val="00771018"/>
     <w:rsid w:val="007746C6"/>
     <w:rsid w:val="007757B6"/>
     <w:rsid w:val="00775CB3"/>
     <w:rsid w:val="0077626B"/>
     <w:rsid w:val="00776902"/>
     <w:rsid w:val="0077768B"/>
     <w:rsid w:val="00780FB5"/>
     <w:rsid w:val="00781386"/>
     <w:rsid w:val="007813AF"/>
     <w:rsid w:val="007825EA"/>
@@ -6588,83 +6833,85 @@
     <w:rsid w:val="00815289"/>
     <w:rsid w:val="008163AB"/>
     <w:rsid w:val="008172F0"/>
     <w:rsid w:val="00820BD9"/>
     <w:rsid w:val="00820D83"/>
     <w:rsid w:val="00820DC7"/>
     <w:rsid w:val="00822610"/>
     <w:rsid w:val="00822F81"/>
     <w:rsid w:val="008231F6"/>
     <w:rsid w:val="00823E60"/>
     <w:rsid w:val="0082491D"/>
     <w:rsid w:val="00825503"/>
     <w:rsid w:val="008267EF"/>
     <w:rsid w:val="00826D68"/>
     <w:rsid w:val="00826F86"/>
     <w:rsid w:val="00827FE8"/>
     <w:rsid w:val="00833B82"/>
     <w:rsid w:val="0083553E"/>
     <w:rsid w:val="008372A1"/>
     <w:rsid w:val="00837A1E"/>
     <w:rsid w:val="0084124D"/>
     <w:rsid w:val="008418D5"/>
     <w:rsid w:val="00842161"/>
     <w:rsid w:val="008422D1"/>
     <w:rsid w:val="00842F1C"/>
+    <w:rsid w:val="008439B6"/>
     <w:rsid w:val="00844394"/>
     <w:rsid w:val="0084519F"/>
     <w:rsid w:val="008458F0"/>
     <w:rsid w:val="00845D62"/>
     <w:rsid w:val="0084659D"/>
     <w:rsid w:val="00847CCF"/>
     <w:rsid w:val="00847CD3"/>
     <w:rsid w:val="00850458"/>
     <w:rsid w:val="0085051B"/>
     <w:rsid w:val="00850790"/>
     <w:rsid w:val="00850E59"/>
     <w:rsid w:val="008537BA"/>
     <w:rsid w:val="00854378"/>
     <w:rsid w:val="00854A9C"/>
     <w:rsid w:val="00855B69"/>
     <w:rsid w:val="00860A0E"/>
     <w:rsid w:val="00860FEB"/>
     <w:rsid w:val="00862471"/>
     <w:rsid w:val="00865E35"/>
     <w:rsid w:val="00866E55"/>
     <w:rsid w:val="008704BF"/>
     <w:rsid w:val="0087233E"/>
     <w:rsid w:val="00872A3E"/>
     <w:rsid w:val="008730DA"/>
     <w:rsid w:val="00874381"/>
     <w:rsid w:val="0087497B"/>
     <w:rsid w:val="00875203"/>
     <w:rsid w:val="00876213"/>
     <w:rsid w:val="00877602"/>
     <w:rsid w:val="00880DB3"/>
     <w:rsid w:val="00880F54"/>
     <w:rsid w:val="008832B6"/>
     <w:rsid w:val="00883B95"/>
+    <w:rsid w:val="00883F00"/>
     <w:rsid w:val="00885038"/>
     <w:rsid w:val="008851AF"/>
     <w:rsid w:val="0088671E"/>
     <w:rsid w:val="0088678C"/>
     <w:rsid w:val="00887579"/>
     <w:rsid w:val="00887E00"/>
     <w:rsid w:val="008906E3"/>
     <w:rsid w:val="00892C27"/>
     <w:rsid w:val="00892E07"/>
     <w:rsid w:val="00893202"/>
     <w:rsid w:val="00893C0A"/>
     <w:rsid w:val="00893F5A"/>
     <w:rsid w:val="008968FB"/>
     <w:rsid w:val="00897017"/>
     <w:rsid w:val="008A078A"/>
     <w:rsid w:val="008A10FE"/>
     <w:rsid w:val="008A4E86"/>
     <w:rsid w:val="008A518C"/>
     <w:rsid w:val="008A7299"/>
     <w:rsid w:val="008B016A"/>
     <w:rsid w:val="008B0649"/>
     <w:rsid w:val="008B06C4"/>
     <w:rsid w:val="008B09B8"/>
     <w:rsid w:val="008B316E"/>
     <w:rsid w:val="008B4133"/>
@@ -6703,60 +6950,62 @@
     <w:rsid w:val="00904A13"/>
     <w:rsid w:val="00904AED"/>
     <w:rsid w:val="009056A6"/>
     <w:rsid w:val="009060AE"/>
     <w:rsid w:val="00907C67"/>
     <w:rsid w:val="00911950"/>
     <w:rsid w:val="00912889"/>
     <w:rsid w:val="00912A9E"/>
     <w:rsid w:val="00912B7C"/>
     <w:rsid w:val="009137CE"/>
     <w:rsid w:val="00913DD9"/>
     <w:rsid w:val="00914CEB"/>
     <w:rsid w:val="009159E3"/>
     <w:rsid w:val="00915B68"/>
     <w:rsid w:val="00915BA4"/>
     <w:rsid w:val="0091604D"/>
     <w:rsid w:val="00916D4A"/>
     <w:rsid w:val="00920A47"/>
     <w:rsid w:val="00921896"/>
     <w:rsid w:val="00921C19"/>
     <w:rsid w:val="00921DE2"/>
     <w:rsid w:val="00921FA2"/>
     <w:rsid w:val="009242FB"/>
     <w:rsid w:val="0092437B"/>
     <w:rsid w:val="009247E6"/>
+    <w:rsid w:val="009249E7"/>
     <w:rsid w:val="00926EAC"/>
     <w:rsid w:val="00930E02"/>
     <w:rsid w:val="00931158"/>
     <w:rsid w:val="00931C21"/>
     <w:rsid w:val="0093327F"/>
     <w:rsid w:val="009340E2"/>
     <w:rsid w:val="00934881"/>
     <w:rsid w:val="00934ACF"/>
     <w:rsid w:val="00935DBD"/>
     <w:rsid w:val="009377AE"/>
+    <w:rsid w:val="00937EDA"/>
     <w:rsid w:val="0094042F"/>
     <w:rsid w:val="009424E2"/>
     <w:rsid w:val="009427AC"/>
     <w:rsid w:val="00942C31"/>
     <w:rsid w:val="009443B4"/>
     <w:rsid w:val="00944BF7"/>
     <w:rsid w:val="00945B4F"/>
     <w:rsid w:val="009501C6"/>
     <w:rsid w:val="0095089D"/>
     <w:rsid w:val="009514AA"/>
     <w:rsid w:val="00952039"/>
     <w:rsid w:val="00954A4C"/>
     <w:rsid w:val="00955491"/>
     <w:rsid w:val="00956133"/>
     <w:rsid w:val="009619F3"/>
     <w:rsid w:val="009621EE"/>
     <w:rsid w:val="009623C9"/>
     <w:rsid w:val="00965297"/>
     <w:rsid w:val="009667DB"/>
     <w:rsid w:val="00966C2F"/>
     <w:rsid w:val="0096792C"/>
     <w:rsid w:val="00970002"/>
     <w:rsid w:val="00971C37"/>
     <w:rsid w:val="009744A9"/>
     <w:rsid w:val="0097465B"/>
@@ -6882,55 +7131,55 @@
     <w:rsid w:val="00A352A3"/>
     <w:rsid w:val="00A35B00"/>
     <w:rsid w:val="00A4065B"/>
     <w:rsid w:val="00A40BAF"/>
     <w:rsid w:val="00A41B38"/>
     <w:rsid w:val="00A41C11"/>
     <w:rsid w:val="00A42537"/>
     <w:rsid w:val="00A430CB"/>
     <w:rsid w:val="00A45132"/>
     <w:rsid w:val="00A4557A"/>
     <w:rsid w:val="00A462F3"/>
     <w:rsid w:val="00A501A1"/>
     <w:rsid w:val="00A52979"/>
     <w:rsid w:val="00A54429"/>
     <w:rsid w:val="00A54A6D"/>
     <w:rsid w:val="00A55312"/>
     <w:rsid w:val="00A56C92"/>
     <w:rsid w:val="00A56CEA"/>
     <w:rsid w:val="00A57193"/>
     <w:rsid w:val="00A571FA"/>
     <w:rsid w:val="00A57E3B"/>
     <w:rsid w:val="00A60B63"/>
     <w:rsid w:val="00A62FBC"/>
     <w:rsid w:val="00A63734"/>
     <w:rsid w:val="00A65366"/>
-    <w:rsid w:val="00A656F0"/>
     <w:rsid w:val="00A65FBC"/>
     <w:rsid w:val="00A706CF"/>
     <w:rsid w:val="00A70E26"/>
     <w:rsid w:val="00A71E4B"/>
+    <w:rsid w:val="00A730D2"/>
     <w:rsid w:val="00A753E1"/>
     <w:rsid w:val="00A75CED"/>
     <w:rsid w:val="00A75E67"/>
     <w:rsid w:val="00A776B1"/>
     <w:rsid w:val="00A776F0"/>
     <w:rsid w:val="00A800C5"/>
     <w:rsid w:val="00A81332"/>
     <w:rsid w:val="00A828E3"/>
     <w:rsid w:val="00A82B9B"/>
     <w:rsid w:val="00A85AAC"/>
     <w:rsid w:val="00A86066"/>
     <w:rsid w:val="00A86A91"/>
     <w:rsid w:val="00A87109"/>
     <w:rsid w:val="00A905F6"/>
     <w:rsid w:val="00A9115F"/>
     <w:rsid w:val="00A9196F"/>
     <w:rsid w:val="00A93212"/>
     <w:rsid w:val="00A93605"/>
     <w:rsid w:val="00A93DF0"/>
     <w:rsid w:val="00A943F7"/>
     <w:rsid w:val="00A969B1"/>
     <w:rsid w:val="00A977C9"/>
     <w:rsid w:val="00A97CEC"/>
     <w:rsid w:val="00AA1B1D"/>
     <w:rsid w:val="00AA1F26"/>
@@ -7021,90 +7270,92 @@
     <w:rsid w:val="00B47431"/>
     <w:rsid w:val="00B47833"/>
     <w:rsid w:val="00B50378"/>
     <w:rsid w:val="00B51058"/>
     <w:rsid w:val="00B515B4"/>
     <w:rsid w:val="00B51D74"/>
     <w:rsid w:val="00B51F66"/>
     <w:rsid w:val="00B5210F"/>
     <w:rsid w:val="00B52D68"/>
     <w:rsid w:val="00B5343C"/>
     <w:rsid w:val="00B53ED0"/>
     <w:rsid w:val="00B55B51"/>
     <w:rsid w:val="00B565E1"/>
     <w:rsid w:val="00B57515"/>
     <w:rsid w:val="00B575E3"/>
     <w:rsid w:val="00B57C74"/>
     <w:rsid w:val="00B62807"/>
     <w:rsid w:val="00B628C2"/>
     <w:rsid w:val="00B634D3"/>
     <w:rsid w:val="00B63D4C"/>
     <w:rsid w:val="00B645AA"/>
     <w:rsid w:val="00B64899"/>
     <w:rsid w:val="00B67807"/>
     <w:rsid w:val="00B70643"/>
     <w:rsid w:val="00B70D5B"/>
+    <w:rsid w:val="00B710B7"/>
     <w:rsid w:val="00B71A7F"/>
     <w:rsid w:val="00B744C4"/>
     <w:rsid w:val="00B74A2E"/>
     <w:rsid w:val="00B75F73"/>
     <w:rsid w:val="00B76192"/>
     <w:rsid w:val="00B77386"/>
     <w:rsid w:val="00B775AC"/>
     <w:rsid w:val="00B7765B"/>
     <w:rsid w:val="00B77A19"/>
     <w:rsid w:val="00B808B7"/>
     <w:rsid w:val="00B8098D"/>
     <w:rsid w:val="00B813F8"/>
     <w:rsid w:val="00B828F5"/>
     <w:rsid w:val="00B83C19"/>
     <w:rsid w:val="00B8502F"/>
     <w:rsid w:val="00B85152"/>
     <w:rsid w:val="00B857F8"/>
     <w:rsid w:val="00B858B2"/>
     <w:rsid w:val="00B85940"/>
     <w:rsid w:val="00B85C3F"/>
     <w:rsid w:val="00B86BF1"/>
     <w:rsid w:val="00B87EAD"/>
     <w:rsid w:val="00B90F63"/>
     <w:rsid w:val="00B91518"/>
     <w:rsid w:val="00B9249A"/>
     <w:rsid w:val="00B92A75"/>
     <w:rsid w:val="00B93806"/>
     <w:rsid w:val="00B93B50"/>
     <w:rsid w:val="00B94CA6"/>
     <w:rsid w:val="00B95299"/>
     <w:rsid w:val="00B956DB"/>
     <w:rsid w:val="00B958E3"/>
     <w:rsid w:val="00B95F7A"/>
     <w:rsid w:val="00B97017"/>
     <w:rsid w:val="00BA156E"/>
     <w:rsid w:val="00BA2A87"/>
     <w:rsid w:val="00BA2C3B"/>
     <w:rsid w:val="00BA636C"/>
     <w:rsid w:val="00BA689F"/>
     <w:rsid w:val="00BA797C"/>
+    <w:rsid w:val="00BB0482"/>
     <w:rsid w:val="00BB0A62"/>
     <w:rsid w:val="00BB1E32"/>
     <w:rsid w:val="00BB3B85"/>
     <w:rsid w:val="00BB63B8"/>
     <w:rsid w:val="00BB7383"/>
     <w:rsid w:val="00BB789A"/>
     <w:rsid w:val="00BB7B7E"/>
     <w:rsid w:val="00BC3C05"/>
     <w:rsid w:val="00BC5F96"/>
     <w:rsid w:val="00BC67B3"/>
     <w:rsid w:val="00BC7A24"/>
     <w:rsid w:val="00BC7DCE"/>
     <w:rsid w:val="00BD042F"/>
     <w:rsid w:val="00BD0D28"/>
     <w:rsid w:val="00BD1511"/>
     <w:rsid w:val="00BD1BF9"/>
     <w:rsid w:val="00BD3002"/>
     <w:rsid w:val="00BD4325"/>
     <w:rsid w:val="00BD49D9"/>
     <w:rsid w:val="00BD6B72"/>
     <w:rsid w:val="00BD76E1"/>
     <w:rsid w:val="00BD7D0E"/>
     <w:rsid w:val="00BE0C80"/>
     <w:rsid w:val="00BE14CF"/>
     <w:rsid w:val="00BE2C48"/>
@@ -7366,50 +7617,51 @@
     <w:rsid w:val="00DB3304"/>
     <w:rsid w:val="00DB680C"/>
     <w:rsid w:val="00DB6B36"/>
     <w:rsid w:val="00DB6E0A"/>
     <w:rsid w:val="00DB79A3"/>
     <w:rsid w:val="00DC0A50"/>
     <w:rsid w:val="00DC2035"/>
     <w:rsid w:val="00DC2D31"/>
     <w:rsid w:val="00DC5273"/>
     <w:rsid w:val="00DC531F"/>
     <w:rsid w:val="00DC6299"/>
     <w:rsid w:val="00DC635A"/>
     <w:rsid w:val="00DC6849"/>
     <w:rsid w:val="00DC6FFE"/>
     <w:rsid w:val="00DD415D"/>
     <w:rsid w:val="00DD444C"/>
     <w:rsid w:val="00DD59F8"/>
     <w:rsid w:val="00DD6A3E"/>
     <w:rsid w:val="00DD70F5"/>
     <w:rsid w:val="00DD723F"/>
     <w:rsid w:val="00DE0EA0"/>
     <w:rsid w:val="00DE1096"/>
     <w:rsid w:val="00DE1F27"/>
     <w:rsid w:val="00DE2B10"/>
     <w:rsid w:val="00DE35BA"/>
+    <w:rsid w:val="00DE7875"/>
     <w:rsid w:val="00DE7957"/>
     <w:rsid w:val="00DF0D0B"/>
     <w:rsid w:val="00DF4510"/>
     <w:rsid w:val="00DF4A2D"/>
     <w:rsid w:val="00DF4C14"/>
     <w:rsid w:val="00DF5B47"/>
     <w:rsid w:val="00DF5E0A"/>
     <w:rsid w:val="00DF7251"/>
     <w:rsid w:val="00DF7A29"/>
     <w:rsid w:val="00E00A0F"/>
     <w:rsid w:val="00E00E44"/>
     <w:rsid w:val="00E018C9"/>
     <w:rsid w:val="00E026CD"/>
     <w:rsid w:val="00E034E7"/>
     <w:rsid w:val="00E062E4"/>
     <w:rsid w:val="00E0752F"/>
     <w:rsid w:val="00E11A13"/>
     <w:rsid w:val="00E12BD6"/>
     <w:rsid w:val="00E13BCC"/>
     <w:rsid w:val="00E15E9B"/>
     <w:rsid w:val="00E17F58"/>
     <w:rsid w:val="00E21555"/>
     <w:rsid w:val="00E22BE4"/>
     <w:rsid w:val="00E23879"/>
     <w:rsid w:val="00E23B19"/>
@@ -7505,50 +7757,51 @@
     <w:rsid w:val="00EC7264"/>
     <w:rsid w:val="00EC7980"/>
     <w:rsid w:val="00ED0C16"/>
     <w:rsid w:val="00ED1B03"/>
     <w:rsid w:val="00ED26DC"/>
     <w:rsid w:val="00ED3A08"/>
     <w:rsid w:val="00ED41E2"/>
     <w:rsid w:val="00ED5BF6"/>
     <w:rsid w:val="00ED6396"/>
     <w:rsid w:val="00ED65E3"/>
     <w:rsid w:val="00ED7433"/>
     <w:rsid w:val="00EE09A6"/>
     <w:rsid w:val="00EE0A35"/>
     <w:rsid w:val="00EE1C32"/>
     <w:rsid w:val="00EE2776"/>
     <w:rsid w:val="00EE29E2"/>
     <w:rsid w:val="00EE3B93"/>
     <w:rsid w:val="00EE3C40"/>
     <w:rsid w:val="00EE3D22"/>
     <w:rsid w:val="00EE4013"/>
     <w:rsid w:val="00EE57EF"/>
     <w:rsid w:val="00EE5814"/>
     <w:rsid w:val="00EE61BD"/>
     <w:rsid w:val="00EE6B1E"/>
     <w:rsid w:val="00EE7E35"/>
+    <w:rsid w:val="00EF0D02"/>
     <w:rsid w:val="00EF279A"/>
     <w:rsid w:val="00EF296F"/>
     <w:rsid w:val="00EF2E1B"/>
     <w:rsid w:val="00EF30AB"/>
     <w:rsid w:val="00EF55E8"/>
     <w:rsid w:val="00EF7581"/>
     <w:rsid w:val="00F02525"/>
     <w:rsid w:val="00F03E8A"/>
     <w:rsid w:val="00F0438D"/>
     <w:rsid w:val="00F047A8"/>
     <w:rsid w:val="00F04847"/>
     <w:rsid w:val="00F04F85"/>
     <w:rsid w:val="00F05834"/>
     <w:rsid w:val="00F05DD0"/>
     <w:rsid w:val="00F05E73"/>
     <w:rsid w:val="00F06D20"/>
     <w:rsid w:val="00F070B0"/>
     <w:rsid w:val="00F07280"/>
     <w:rsid w:val="00F11316"/>
     <w:rsid w:val="00F131C0"/>
     <w:rsid w:val="00F13AD8"/>
     <w:rsid w:val="00F13C14"/>
     <w:rsid w:val="00F14205"/>
     <w:rsid w:val="00F17801"/>
     <w:rsid w:val="00F1780A"/>
@@ -9926,51 +10179,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2107922087">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlisweb/parlis/document.aspx?Id=bcdff94e-e2b8-4295-a5ef-d82e934ccddf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tweedekamer.nl/kamerstukken/detail?id=2025Z19382&amp;did=2025D45343" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlisweb.tweedekamer.nl/parlis/document.aspx?Id=c02f86e3-8cf2-46cf-9024-f4df7f6a3fa5" TargetMode="External" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlisweb/parlis/document.aspx?Id=bcdff94e-e2b8-4295-a5ef-d82e934ccddf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tweedekamer.nl/kamerstukken/detail?id=2025Z19382&amp;did=2025D45343" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -10224,81 +10477,81 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <ap:Pages>3</ap:Pages>
-[...3 lines deleted...]
-  <ap:Lines>35</ap:Lines>
+  <ap:Pages>4</ap:Pages>
+  <ap:Words>795</ap:Words>
+  <ap:Characters>4375</ap:Characters>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:Lines>36</ap:Lines>
   <ap:Paragraphs>10</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="2">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>5076</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>5160</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2025-01-06T10:45:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E0DB64C448AC794385BA4FC3787B1D3A</vt:lpwstr>