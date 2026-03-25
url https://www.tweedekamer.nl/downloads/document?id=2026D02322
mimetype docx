--- v0 (2026-01-20)
+++ v1 (2026-03-25)
@@ -62,51 +62,51 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00362790">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Verslagen van de commissie voor de Verzoekschriften en de Burgerinitiatieven</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CB592C" w:rsidRDefault="00CB592C" w14:paraId="5A5A113B" w14:textId="56AD03E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="0021562B" w:rsidR="007B7DE2" w:rsidP="00CB592C" w:rsidRDefault="00CB592C" w14:paraId="393DCCEF" w14:textId="5FEB7705">
+    <w:p w:rsidRPr="0021562B" w:rsidR="007B7DE2" w:rsidP="00CB592C" w:rsidRDefault="00CB592C" w14:paraId="393DCCEF" w14:textId="386D3940">
       <w:pPr>
         <w:ind w:left="1410" w:hanging="1410"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nr. 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -251,67 +251,73 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> inzake </w:t>
       </w:r>
       <w:r w:rsidR="00FF6606">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>klachtbehandeling door de Belastingdienst</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Vastegsteld</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Vast</w:t>
+      </w:r>
+      <w:r w:rsidR="007A7F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ges</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 20 januari 2026</w:t>
+        <w:t>teld 20 januari 2026</w:t>
       </w:r>
       <w:r w:rsidR="0021562B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0021562B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00581E00" w:rsidR="0021562B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
@@ -3561,51 +3567,51 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="503EC51C" w14:textId="77777777" w:rsidR="004D0004" w:rsidRDefault="004D0004" w:rsidP="0021562B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4BDD1A54" w14:textId="77777777" w:rsidR="004D0004" w:rsidRDefault="004D0004" w:rsidP="0021562B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="101"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB7A61"/>
     <w:rsid w:val="00004D9D"/>
     <w:rsid w:val="000175DB"/>
     <w:rsid w:val="000367DE"/>
@@ -3703,75 +3709,77 @@
     <w:rsid w:val="00620763"/>
     <w:rsid w:val="00640D8C"/>
     <w:rsid w:val="00643DF5"/>
     <w:rsid w:val="00646473"/>
     <w:rsid w:val="006510F0"/>
     <w:rsid w:val="00657896"/>
     <w:rsid w:val="006613BA"/>
     <w:rsid w:val="00661C55"/>
     <w:rsid w:val="006627E8"/>
     <w:rsid w:val="00663FFB"/>
     <w:rsid w:val="00667A6D"/>
     <w:rsid w:val="00674B7D"/>
     <w:rsid w:val="006A17FA"/>
     <w:rsid w:val="006C1C2E"/>
     <w:rsid w:val="006E3BC1"/>
     <w:rsid w:val="006F5A27"/>
     <w:rsid w:val="006F66FB"/>
     <w:rsid w:val="00753AAF"/>
     <w:rsid w:val="00767516"/>
     <w:rsid w:val="00775B17"/>
     <w:rsid w:val="00776928"/>
     <w:rsid w:val="00776D0E"/>
     <w:rsid w:val="00777C76"/>
     <w:rsid w:val="007939DC"/>
     <w:rsid w:val="00794AA0"/>
+    <w:rsid w:val="007A7F8E"/>
     <w:rsid w:val="007B609E"/>
     <w:rsid w:val="007B7DE2"/>
     <w:rsid w:val="007E35CA"/>
     <w:rsid w:val="007E690F"/>
     <w:rsid w:val="007F0736"/>
     <w:rsid w:val="007F1C56"/>
     <w:rsid w:val="007F25F8"/>
     <w:rsid w:val="00802927"/>
     <w:rsid w:val="00817C12"/>
     <w:rsid w:val="00817EFE"/>
     <w:rsid w:val="00826A2F"/>
     <w:rsid w:val="008312F4"/>
     <w:rsid w:val="00835BFE"/>
     <w:rsid w:val="00836C1D"/>
     <w:rsid w:val="008436A8"/>
     <w:rsid w:val="00852DCC"/>
     <w:rsid w:val="00860C93"/>
     <w:rsid w:val="00861D2E"/>
     <w:rsid w:val="00892DFD"/>
     <w:rsid w:val="008C3B64"/>
     <w:rsid w:val="008C5DB0"/>
     <w:rsid w:val="008D51D8"/>
     <w:rsid w:val="008F104B"/>
     <w:rsid w:val="008F26C7"/>
     <w:rsid w:val="009048BB"/>
+    <w:rsid w:val="00907FA9"/>
     <w:rsid w:val="00913D28"/>
     <w:rsid w:val="0091582D"/>
     <w:rsid w:val="00921FB1"/>
     <w:rsid w:val="00945EB2"/>
     <w:rsid w:val="00947343"/>
     <w:rsid w:val="00957A89"/>
     <w:rsid w:val="0096798D"/>
     <w:rsid w:val="009961B6"/>
     <w:rsid w:val="009971B6"/>
     <w:rsid w:val="009B4EFB"/>
     <w:rsid w:val="009C1FDE"/>
     <w:rsid w:val="009C787C"/>
     <w:rsid w:val="009E209C"/>
     <w:rsid w:val="009F046E"/>
     <w:rsid w:val="009F36B0"/>
     <w:rsid w:val="00A27FEA"/>
     <w:rsid w:val="00A359D6"/>
     <w:rsid w:val="00A3697B"/>
     <w:rsid w:val="00A3792E"/>
     <w:rsid w:val="00A40686"/>
     <w:rsid w:val="00A44C37"/>
     <w:rsid w:val="00A537A7"/>
     <w:rsid w:val="00A570CD"/>
     <w:rsid w:val="00A631EF"/>
     <w:rsid w:val="00A7413D"/>