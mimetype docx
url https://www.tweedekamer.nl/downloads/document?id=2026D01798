--- v0 (2026-01-19)
+++ v1 (2026-03-05)
@@ -545,97 +545,111 @@
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C035D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Nr. </w:t>
             </w:r>
             <w:r w:rsidR="00F15B2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:caps/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C035D4" w:rsidR="003C21AC" w:rsidP="006E0971" w:rsidRDefault="003C21AC" w14:paraId="0FFE5D35" w14:textId="6379C847">
+          <w:p w:rsidRPr="00C035D4" w:rsidR="003C21AC" w:rsidP="006E0971" w:rsidRDefault="003C21AC" w14:paraId="0FFE5D35" w14:textId="041B0C8D">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="3310"/>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:ind w:left="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C035D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:caps/>
               </w:rPr>
               <w:t xml:space="preserve">AMENDEMENT VAN </w:t>
             </w:r>
             <w:r w:rsidR="001D1976">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:caps/>
               </w:rPr>
               <w:t>de leden</w:t>
             </w:r>
             <w:r w:rsidRPr="00C035D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:caps/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008741FF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:caps/>
               </w:rPr>
               <w:t>stultiens</w:t>
             </w:r>
             <w:r w:rsidR="001D1976">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:caps/>
               </w:rPr>
-              <w:t xml:space="preserve"> en Dijk</w:t>
+              <w:t xml:space="preserve"> en </w:t>
+            </w:r>
+            <w:r w:rsidR="004B7A99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jimmy </w:t>
+            </w:r>
+            <w:r w:rsidR="001D1976">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:caps/>
+              </w:rPr>
+              <w:t>Dijk</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C21AC" w:rsidTr="00EA1CE4" w14:paraId="65A84600" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C21AC" w:rsidP="006E0971" w:rsidRDefault="003C21AC" w14:paraId="3D5DBC3F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="3310"/>
                 <w:tab w:val="clear" w:pos="3600"/>
@@ -1324,74 +1338,68 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="007E2E83" w:rsidR="007E2E83" w:rsidP="007E2E83" w:rsidRDefault="001910AA" w14:paraId="7EE57968" w14:textId="267FB720">
             <w:r>
               <w:t>49,5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="007E2E83" w:rsidP="008741FF" w:rsidRDefault="007E2E83" w14:paraId="0EABEDBC" w14:textId="77777777"/>
     <w:p w:rsidR="008F65A9" w:rsidP="008741FF" w:rsidRDefault="008F65A9" w14:paraId="54038093" w14:textId="38464DDE">
       <w:r>
         <w:tab/>
         <w:t>2. Er worden twee leden toegevoegd, luidende:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A5A07" w:rsidP="004A5A07" w:rsidRDefault="004A5A07" w14:paraId="094705C3" w14:textId="1CC90226">
       <w:pPr>
         <w:ind w:firstLine="284"/>
       </w:pPr>
       <w:r>
         <w:t>3. Op het tijdstip van inwerkingtreding van artikel 2.13, eerste lid, worden de bedragen in de tabel in dat lid als volgt gewijzigd:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5A07" w:rsidP="004A5A07" w:rsidRDefault="004A5A07" w14:paraId="04B4C09E" w14:textId="7E8FD38C">
+    <w:p w:rsidR="004A5A07" w:rsidP="004A5A07" w:rsidRDefault="004A5A07" w14:paraId="04B4C09E" w14:textId="71F03B50">
       <w:pPr>
         <w:ind w:firstLine="284"/>
       </w:pPr>
       <w:r>
         <w:t>a. de in de kolommen I en II vermelde bedragen worden vervangen door het in artikel 2.10, eerste lid, in de tabel in kolom I</w:t>
       </w:r>
       <w:r w:rsidR="00C10070">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C10070">
         <w:t xml:space="preserve">na toepassing van artikel 10.1 op dat lid, </w:t>
       </w:r>
       <w:r>
-        <w:t>op dat tijdstip als tweede vermelde bedrag</w:t>
-[...5 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>op dat tijdstip als tweede vermelde bedrag;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A5A07" w:rsidP="004A5A07" w:rsidRDefault="004A5A07" w14:paraId="254E1869" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="284"/>
       </w:pPr>
       <w:r>
         <w:t>b. het in kolom III vermelde bedrag wordt vervangen door het bedrag dat voortvloeit uit de vermenigvuldiging van het in de tabel onder I als gevolg van onderdeel a op te nemen bedrag met het in kolom IV als eerste opgenomen percentage.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CB5BE4" w:rsidP="008741FF" w:rsidRDefault="004A5A07" w14:paraId="37B9A109" w14:textId="62AF4B83">
       <w:r>
         <w:tab/>
         <w:t>4. Na toepassing van het derde lid vervallen het derde en vierde lid.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A4568A" w:rsidP="008741FF" w:rsidRDefault="00A4568A" w14:paraId="523EB5AB" w14:textId="77777777"/>
     <w:p w:rsidR="00420DF4" w:rsidP="008741FF" w:rsidRDefault="00420DF4" w14:paraId="403DE6E7" w14:textId="39078E74">
       <w:r>
         <w:t>II</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00420DF4" w:rsidP="008741FF" w:rsidRDefault="00420DF4" w14:paraId="43ECDB7C" w14:textId="77777777"/>
     <w:p w:rsidR="00537069" w:rsidP="00995CE4" w:rsidRDefault="001E6407" w14:paraId="44A8CAFD" w14:textId="6199FC66">
       <w:pPr>
@@ -1745,94 +1753,97 @@
           </w:tcPr>
           <w:p w:rsidR="00340042" w:rsidP="00BF623B" w:rsidRDefault="00D54578" w14:paraId="04EAD363" w14:textId="766AB8A6">
             <w:r>
               <w:t>€613 miljoen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00340042" w:rsidP="00BF623B" w:rsidRDefault="00D54578" w14:paraId="0C37D9AF" w14:textId="2E3122FA">
             <w:r>
               <w:t>€879 miljoen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="007A7772" w:rsidP="00BF623B" w:rsidRDefault="007A7772" w14:paraId="01F03D67" w14:textId="77777777"/>
     <w:p w:rsidR="00AC3015" w:rsidP="00BF623B" w:rsidRDefault="00AC3015" w14:paraId="60732CCC" w14:textId="67FE5A40">
       <w:r>
         <w:t>Stultiens</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EA69AC" w:rsidR="001D1976" w:rsidP="00BF623B" w:rsidRDefault="001D1976" w14:paraId="2B957D1C" w14:textId="7037DAFF">
+    <w:p w:rsidRPr="00EA69AC" w:rsidR="001D1976" w:rsidP="00BF623B" w:rsidRDefault="004B7A99" w14:paraId="2B957D1C" w14:textId="5E7AACFD">
       <w:r>
+        <w:t xml:space="preserve">Jimmy </w:t>
+      </w:r>
+      <w:r w:rsidR="001D1976">
         <w:t>Dijk</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00EA69AC" w:rsidR="001D1976" w:rsidSect="00EA1CE4">
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="360" w:right="566" w:bottom="1417" w:left="993" w:header="360" w:footer="1440" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="136412FD" w14:textId="77777777" w:rsidR="00D67F51" w:rsidRDefault="00D67F51">
+    <w:p w14:paraId="71C79593" w14:textId="77777777" w:rsidR="004A7C20" w:rsidRDefault="004A7C20">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07FC5A66" w14:textId="77777777" w:rsidR="00D67F51" w:rsidRDefault="00D67F51">
+    <w:p w14:paraId="7FA301D5" w14:textId="77777777" w:rsidR="004A7C20" w:rsidRDefault="004A7C20">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="57C697DE" w14:textId="77777777" w:rsidR="00D67F51" w:rsidRDefault="00D67F51">
+    <w:p w14:paraId="7431A0BC" w14:textId="77777777" w:rsidR="004A7C20" w:rsidRDefault="004A7C20">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1860,64 +1871,64 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13B9FA4C" w14:textId="77777777" w:rsidR="00D67F51" w:rsidRDefault="00D67F51">
+    <w:p w14:paraId="254B29C5" w14:textId="77777777" w:rsidR="004A7C20" w:rsidRDefault="004A7C20">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5841B21C" w14:textId="77777777" w:rsidR="00D67F51" w:rsidRDefault="00D67F51">
+    <w:p w14:paraId="1ACA162B" w14:textId="77777777" w:rsidR="004A7C20" w:rsidRDefault="004A7C20">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A016C24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4B45F40"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -2158,151 +2169,154 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="456415914">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="130834239">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="1109"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00166BA5"/>
     <w:rsid w:val="00006E1F"/>
     <w:rsid w:val="0000777F"/>
     <w:rsid w:val="00021A92"/>
     <w:rsid w:val="00025DB4"/>
     <w:rsid w:val="00052244"/>
     <w:rsid w:val="0007471A"/>
     <w:rsid w:val="000872A9"/>
     <w:rsid w:val="00097014"/>
     <w:rsid w:val="000A136C"/>
     <w:rsid w:val="000D0DE7"/>
     <w:rsid w:val="000D17BF"/>
     <w:rsid w:val="00104162"/>
     <w:rsid w:val="00127E3F"/>
     <w:rsid w:val="00134EDA"/>
+    <w:rsid w:val="001422E0"/>
     <w:rsid w:val="00157CAF"/>
     <w:rsid w:val="001656EE"/>
     <w:rsid w:val="0016653D"/>
     <w:rsid w:val="00166BA5"/>
     <w:rsid w:val="001771F8"/>
     <w:rsid w:val="00180E0E"/>
     <w:rsid w:val="001910AA"/>
     <w:rsid w:val="001B5214"/>
     <w:rsid w:val="001D1976"/>
+    <w:rsid w:val="001D4799"/>
     <w:rsid w:val="001D56AF"/>
     <w:rsid w:val="001D7416"/>
     <w:rsid w:val="001E0E21"/>
     <w:rsid w:val="001E1476"/>
     <w:rsid w:val="001E6407"/>
     <w:rsid w:val="00212E0A"/>
     <w:rsid w:val="002153A9"/>
     <w:rsid w:val="002153B0"/>
     <w:rsid w:val="0021777F"/>
     <w:rsid w:val="00223886"/>
     <w:rsid w:val="00241DD0"/>
     <w:rsid w:val="002845E8"/>
     <w:rsid w:val="002A0713"/>
     <w:rsid w:val="002C1951"/>
     <w:rsid w:val="002F165E"/>
     <w:rsid w:val="00313E25"/>
     <w:rsid w:val="00333806"/>
     <w:rsid w:val="00340042"/>
     <w:rsid w:val="003435D4"/>
     <w:rsid w:val="00380034"/>
     <w:rsid w:val="00383B0E"/>
     <w:rsid w:val="003C21AC"/>
     <w:rsid w:val="003C5218"/>
     <w:rsid w:val="003C6EB8"/>
     <w:rsid w:val="003C7876"/>
     <w:rsid w:val="003E2308"/>
     <w:rsid w:val="003E2F98"/>
     <w:rsid w:val="003F4AA4"/>
     <w:rsid w:val="00413B00"/>
     <w:rsid w:val="00420DF4"/>
     <w:rsid w:val="0042574B"/>
     <w:rsid w:val="004330ED"/>
     <w:rsid w:val="00433E2A"/>
     <w:rsid w:val="00444383"/>
     <w:rsid w:val="004467DD"/>
     <w:rsid w:val="004532CD"/>
     <w:rsid w:val="004741D8"/>
     <w:rsid w:val="00481C91"/>
     <w:rsid w:val="004911E3"/>
     <w:rsid w:val="0049243F"/>
     <w:rsid w:val="00497D57"/>
     <w:rsid w:val="004A1E29"/>
     <w:rsid w:val="004A5A07"/>
+    <w:rsid w:val="004A7C20"/>
     <w:rsid w:val="004A7DD4"/>
     <w:rsid w:val="004B50D8"/>
     <w:rsid w:val="004B5B90"/>
+    <w:rsid w:val="004B7A99"/>
     <w:rsid w:val="004C4C6C"/>
     <w:rsid w:val="00501109"/>
     <w:rsid w:val="00527934"/>
     <w:rsid w:val="00531155"/>
     <w:rsid w:val="00533F66"/>
     <w:rsid w:val="00537069"/>
     <w:rsid w:val="005376CF"/>
     <w:rsid w:val="005510AC"/>
     <w:rsid w:val="005558C0"/>
     <w:rsid w:val="00560C44"/>
     <w:rsid w:val="005703C9"/>
     <w:rsid w:val="00577243"/>
     <w:rsid w:val="00584EC9"/>
     <w:rsid w:val="005956C2"/>
     <w:rsid w:val="00597703"/>
     <w:rsid w:val="005A6097"/>
     <w:rsid w:val="005B1DCC"/>
     <w:rsid w:val="005B7323"/>
     <w:rsid w:val="005C25B9"/>
     <w:rsid w:val="005E7EC2"/>
     <w:rsid w:val="005F2D8B"/>
     <w:rsid w:val="006267E6"/>
     <w:rsid w:val="006558D2"/>
     <w:rsid w:val="0066242D"/>
     <w:rsid w:val="00672D25"/>
@@ -3681,73 +3695,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>2</ap:Pages>
-  <ap:Words>502</ap:Words>
-  <ap:Characters>2767</ap:Characters>
+  <ap:Words>504</ap:Words>
+  <ap:Characters>2776</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:Lines>23</ap:Lines>
   <ap:Paragraphs>6</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>amt</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>3263</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>3274</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2005-08-22T11:50:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010038E60350FC170647B310166F2EB204D8</vt:lpwstr>