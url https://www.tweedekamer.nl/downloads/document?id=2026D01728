--- v0 (2026-01-16)
+++ v1 (2026-03-04)
@@ -948,98 +948,95 @@
       </w:r>
       <w:r w:rsidR="0019082F">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00C75F98">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005818C0" w:rsidP="00330FAC" w:rsidRDefault="0019082F" w14:paraId="3E973CAB" w14:textId="4DE459AC">
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002364E6">
         <w:t>c. het deel van de kosten dat de verzekerde voor zijn rekening neemt</w:t>
       </w:r>
       <w:r w:rsidR="000528FC">
         <w:t xml:space="preserve"> als bedoeld in artikel 13a, vierde lid</w:t>
       </w:r>
       <w:r w:rsidR="002364E6">
         <w:t>, gelijk blijft</w:t>
       </w:r>
       <w:r w:rsidR="005818C0">
         <w:t>; en</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00662988" w:rsidP="00F03F07" w:rsidRDefault="005818C0" w14:paraId="447433DE" w14:textId="5BF306A3">
+    <w:p w:rsidR="00662988" w:rsidP="00F03F07" w:rsidRDefault="005818C0" w14:paraId="447433DE" w14:textId="5B940DA7">
       <w:pPr>
         <w:ind w:firstLine="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">d. </w:t>
       </w:r>
       <w:r w:rsidR="00F346F1">
         <w:t>het loon van de zorgverlener na aftrek van de loonbelasting als bedoeld in artikel 1 van de Wet op de loonbelasting 1964</w:t>
       </w:r>
       <w:r w:rsidR="00B404E7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00813DE1">
         <w:t>als gevolg van deze wet</w:t>
       </w:r>
       <w:r w:rsidR="00B15487">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E665C">
         <w:t>in de praktijk</w:t>
       </w:r>
       <w:r w:rsidR="007B5AAF">
         <w:t xml:space="preserve"> ontvangt</w:t>
       </w:r>
       <w:r w:rsidR="005E665C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A2F88">
         <w:t>lager is dan het inkomen uit werk en woning na aftrek van de inkomstenbelasting als bedoeld in artikel 1.1 van de Wet op de inkomstenbelasting 2001</w:t>
       </w:r>
       <w:r w:rsidR="008670EA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A2F88">
         <w:t>op de dag voor inwerkingtreding van deze wet</w:t>
       </w:r>
       <w:r w:rsidR="00AC3E97">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008670EA">
         <w:t>ontving</w:t>
       </w:r>
       <w:r w:rsidR="00B404E7">
         <w:t xml:space="preserve"> voor dezelfde zorg of dienst</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t>, terwijl</w:t>
       </w:r>
       <w:r w:rsidR="008979A1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00910A06" w:rsidP="00910A06" w:rsidRDefault="00910A06" w14:paraId="78179573" w14:textId="77777777"/>
     <w:p w:rsidRPr="00EA69AC" w:rsidR="003C21AC" w:rsidP="00EA1CE4" w:rsidRDefault="003C21AC" w14:paraId="6B1CCCF7" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA69AC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Toelichting</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00462C84" w:rsidP="006F14E2" w:rsidRDefault="00462C84" w14:paraId="3F41DF38" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
@@ -1406,88 +1403,90 @@
     <w:rsid w:val="005937F6"/>
     <w:rsid w:val="00597703"/>
     <w:rsid w:val="005A6097"/>
     <w:rsid w:val="005B1DCC"/>
     <w:rsid w:val="005B24C6"/>
     <w:rsid w:val="005B26E7"/>
     <w:rsid w:val="005B434F"/>
     <w:rsid w:val="005B6242"/>
     <w:rsid w:val="005B7323"/>
     <w:rsid w:val="005C0355"/>
     <w:rsid w:val="005C25B9"/>
     <w:rsid w:val="005E665C"/>
     <w:rsid w:val="006002C9"/>
     <w:rsid w:val="006210C5"/>
     <w:rsid w:val="006267E6"/>
     <w:rsid w:val="00627DB7"/>
     <w:rsid w:val="006558D2"/>
     <w:rsid w:val="00662988"/>
     <w:rsid w:val="00670702"/>
     <w:rsid w:val="00672D25"/>
     <w:rsid w:val="006738BC"/>
     <w:rsid w:val="00683660"/>
     <w:rsid w:val="00692182"/>
     <w:rsid w:val="00694AE8"/>
     <w:rsid w:val="006B0553"/>
+    <w:rsid w:val="006C0C0A"/>
     <w:rsid w:val="006C46E4"/>
     <w:rsid w:val="006C4D18"/>
     <w:rsid w:val="006C509E"/>
     <w:rsid w:val="006D01B2"/>
     <w:rsid w:val="006D3E69"/>
     <w:rsid w:val="006E0971"/>
     <w:rsid w:val="006F13A7"/>
     <w:rsid w:val="006F14E2"/>
     <w:rsid w:val="00713B99"/>
     <w:rsid w:val="00714AE8"/>
     <w:rsid w:val="00720157"/>
     <w:rsid w:val="0073398A"/>
     <w:rsid w:val="00736F33"/>
     <w:rsid w:val="00741D3B"/>
     <w:rsid w:val="00744C85"/>
     <w:rsid w:val="007709F6"/>
     <w:rsid w:val="007721B1"/>
     <w:rsid w:val="00772BBA"/>
     <w:rsid w:val="0078004B"/>
     <w:rsid w:val="007830DF"/>
     <w:rsid w:val="00783215"/>
     <w:rsid w:val="00793A0C"/>
     <w:rsid w:val="007965FC"/>
     <w:rsid w:val="007970E7"/>
     <w:rsid w:val="007A02A1"/>
     <w:rsid w:val="007A43ED"/>
     <w:rsid w:val="007A7D28"/>
     <w:rsid w:val="007B05E6"/>
     <w:rsid w:val="007B5AAF"/>
     <w:rsid w:val="007B755C"/>
     <w:rsid w:val="007C716B"/>
     <w:rsid w:val="007D0099"/>
     <w:rsid w:val="007D2608"/>
     <w:rsid w:val="007D5BC3"/>
     <w:rsid w:val="007E6482"/>
     <w:rsid w:val="007F4803"/>
     <w:rsid w:val="00813DE1"/>
     <w:rsid w:val="008164E5"/>
+    <w:rsid w:val="0082311A"/>
     <w:rsid w:val="00830081"/>
     <w:rsid w:val="00831C1A"/>
     <w:rsid w:val="008467D7"/>
     <w:rsid w:val="00852541"/>
     <w:rsid w:val="00855640"/>
     <w:rsid w:val="00865D47"/>
     <w:rsid w:val="008670EA"/>
     <w:rsid w:val="0087187E"/>
     <w:rsid w:val="008765AD"/>
     <w:rsid w:val="00877A3D"/>
     <w:rsid w:val="00877C01"/>
     <w:rsid w:val="00882C71"/>
     <w:rsid w:val="008831E0"/>
     <w:rsid w:val="0088452C"/>
     <w:rsid w:val="00892C89"/>
     <w:rsid w:val="008979A1"/>
     <w:rsid w:val="008D0A54"/>
     <w:rsid w:val="008D7DCB"/>
     <w:rsid w:val="008E363C"/>
     <w:rsid w:val="008E7411"/>
     <w:rsid w:val="00902CF7"/>
     <w:rsid w:val="009055DB"/>
     <w:rsid w:val="00905ECB"/>
     <w:rsid w:val="00910A06"/>
     <w:rsid w:val="00915070"/>
@@ -2908,73 +2907,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>2</ap:Pages>
-  <ap:Words>526</ap:Words>
-  <ap:Characters>2918</ap:Characters>
+  <ap:Words>528</ap:Words>
+  <ap:Characters>2907</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:Lines>24</ap:Lines>
   <ap:Paragraphs>6</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>amt</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>3438</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>3429</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2005-08-22T11:50:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010038E60350FC170647B310166F2EB204D8</vt:lpwstr>