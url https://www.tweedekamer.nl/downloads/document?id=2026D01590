--- v0 (2026-01-16)
+++ v1 (2026-03-05)
@@ -846,51 +846,52 @@
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w:rsidRPr="00EA69AC" w:rsidR="00B01BA6" w:rsidP="0088452C" w:rsidRDefault="00B01BA6" w14:paraId="5DA3753A" w14:textId="53BCADBB">
             <w:pPr>
               <w:ind w:firstLine="284"/>
             </w:pPr>
             <w:r w:rsidRPr="00EA69AC">
               <w:t>De ondergetekende</w:t>
             </w:r>
             <w:r w:rsidR="007E02B1">
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA69AC">
               <w:t xml:space="preserve"> stel</w:t>
             </w:r>
             <w:r w:rsidR="007E02B1">
               <w:t>len</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA69AC">
               <w:t xml:space="preserve"> het volgende amendement voor:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="004F5CB9" w:rsidR="004F5CB9" w:rsidP="004F5CB9" w:rsidRDefault="004F5CB9" w14:paraId="4EA482E5" w14:textId="77777777">
+    <w:p w:rsidR="00BC0FB6" w:rsidP="004F5CB9" w:rsidRDefault="00BC0FB6" w14:paraId="70F52149" w14:textId="77777777"/>
+    <w:p w:rsidRPr="004F5CB9" w:rsidR="004F5CB9" w:rsidP="004F5CB9" w:rsidRDefault="004F5CB9" w14:paraId="4EA482E5" w14:textId="33522228">
       <w:r w:rsidRPr="004F5CB9">
         <w:t>I</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004F5CB9" w:rsidR="004F5CB9" w:rsidP="004F5CB9" w:rsidRDefault="004F5CB9" w14:paraId="183E5812" w14:textId="77777777"/>
     <w:p w:rsidRPr="004F5CB9" w:rsidR="004F5CB9" w:rsidP="00104234" w:rsidRDefault="004F5CB9" w14:paraId="2AC56BF4" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="284"/>
       </w:pPr>
       <w:r w:rsidRPr="004F5CB9">
         <w:t>Artikel IV, onderdeel B, vervalt.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004F5CB9" w:rsidR="004F5CB9" w:rsidP="004F5CB9" w:rsidRDefault="004F5CB9" w14:paraId="72CB3911" w14:textId="77777777"/>
     <w:p w:rsidRPr="004F5CB9" w:rsidR="004F5CB9" w:rsidP="004F5CB9" w:rsidRDefault="004F5CB9" w14:paraId="795941AD" w14:textId="77777777">
       <w:r w:rsidRPr="004F5CB9">
         <w:t>II</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004F5CB9" w:rsidR="004F5CB9" w:rsidP="004F5CB9" w:rsidRDefault="004F5CB9" w14:paraId="70397777" w14:textId="77777777"/>
     <w:p w:rsidRPr="004F5CB9" w:rsidR="004F5CB9" w:rsidP="00104234" w:rsidRDefault="004F5CB9" w14:paraId="67A9068A" w14:textId="53A4504E">
       <w:pPr>
         <w:ind w:firstLine="284"/>
       </w:pPr>
       <w:r w:rsidRPr="004F5CB9">
@@ -1260,50 +1261,51 @@
     <w:rsidRoot w:val="0053250B"/>
     <w:rsid w:val="00007D99"/>
     <w:rsid w:val="00027756"/>
     <w:rsid w:val="00052244"/>
     <w:rsid w:val="000544FF"/>
     <w:rsid w:val="0007471A"/>
     <w:rsid w:val="00097E49"/>
     <w:rsid w:val="000D17BF"/>
     <w:rsid w:val="00104234"/>
     <w:rsid w:val="0011010C"/>
     <w:rsid w:val="00157CAF"/>
     <w:rsid w:val="001656EE"/>
     <w:rsid w:val="0016653D"/>
     <w:rsid w:val="001A5B27"/>
     <w:rsid w:val="001B201E"/>
     <w:rsid w:val="001D56AF"/>
     <w:rsid w:val="001E0E21"/>
     <w:rsid w:val="00212E0A"/>
     <w:rsid w:val="002153B0"/>
     <w:rsid w:val="0021777F"/>
     <w:rsid w:val="00241DD0"/>
     <w:rsid w:val="00243FD5"/>
     <w:rsid w:val="002451A4"/>
     <w:rsid w:val="002633CD"/>
     <w:rsid w:val="002A0713"/>
+    <w:rsid w:val="002C07F9"/>
     <w:rsid w:val="002C60BB"/>
     <w:rsid w:val="003030CE"/>
     <w:rsid w:val="003448BF"/>
     <w:rsid w:val="0034658A"/>
     <w:rsid w:val="00367C72"/>
     <w:rsid w:val="003C21AC"/>
     <w:rsid w:val="003C5218"/>
     <w:rsid w:val="003C7876"/>
     <w:rsid w:val="003E2308"/>
     <w:rsid w:val="003E2F98"/>
     <w:rsid w:val="00413B00"/>
     <w:rsid w:val="00416604"/>
     <w:rsid w:val="0042574B"/>
     <w:rsid w:val="004330ED"/>
     <w:rsid w:val="004400CC"/>
     <w:rsid w:val="00454325"/>
     <w:rsid w:val="00481C91"/>
     <w:rsid w:val="004911E3"/>
     <w:rsid w:val="00497D57"/>
     <w:rsid w:val="004A1E29"/>
     <w:rsid w:val="004A7DD4"/>
     <w:rsid w:val="004B50D8"/>
     <w:rsid w:val="004B5B90"/>
     <w:rsid w:val="004C650A"/>
     <w:rsid w:val="004F59CB"/>
@@ -1361,50 +1363,51 @@
     <w:rsid w:val="00905ECB"/>
     <w:rsid w:val="00915070"/>
     <w:rsid w:val="0096165D"/>
     <w:rsid w:val="00962C75"/>
     <w:rsid w:val="009675C9"/>
     <w:rsid w:val="00977B03"/>
     <w:rsid w:val="00993E91"/>
     <w:rsid w:val="009A409F"/>
     <w:rsid w:val="009B5845"/>
     <w:rsid w:val="009B6164"/>
     <w:rsid w:val="009C0C1F"/>
     <w:rsid w:val="00A10505"/>
     <w:rsid w:val="00A1288B"/>
     <w:rsid w:val="00A12DFB"/>
     <w:rsid w:val="00A14EB6"/>
     <w:rsid w:val="00A378DD"/>
     <w:rsid w:val="00A53203"/>
     <w:rsid w:val="00A772EB"/>
     <w:rsid w:val="00A90EE8"/>
     <w:rsid w:val="00AE0728"/>
     <w:rsid w:val="00B01BA6"/>
     <w:rsid w:val="00B071BA"/>
     <w:rsid w:val="00B4708A"/>
     <w:rsid w:val="00B60E51"/>
     <w:rsid w:val="00B809D9"/>
+    <w:rsid w:val="00BC0FB6"/>
     <w:rsid w:val="00BD7502"/>
     <w:rsid w:val="00BE5C01"/>
     <w:rsid w:val="00BF623B"/>
     <w:rsid w:val="00C035D4"/>
     <w:rsid w:val="00C679BF"/>
     <w:rsid w:val="00C81BBD"/>
     <w:rsid w:val="00CC6A08"/>
     <w:rsid w:val="00CD3132"/>
     <w:rsid w:val="00CE27CD"/>
     <w:rsid w:val="00D134F3"/>
     <w:rsid w:val="00D44ED8"/>
     <w:rsid w:val="00D47D01"/>
     <w:rsid w:val="00D774B3"/>
     <w:rsid w:val="00DD1105"/>
     <w:rsid w:val="00DD35A5"/>
     <w:rsid w:val="00DE1EFE"/>
     <w:rsid w:val="00DE2948"/>
     <w:rsid w:val="00DF68BE"/>
     <w:rsid w:val="00DF712A"/>
     <w:rsid w:val="00E25DF4"/>
     <w:rsid w:val="00E30E15"/>
     <w:rsid w:val="00E3485D"/>
     <w:rsid w:val="00E6619B"/>
     <w:rsid w:val="00E908D7"/>
     <w:rsid w:val="00EA159E"/>
@@ -2681,72 +2684,72 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>1</ap:Pages>
   <ap:Words>234</ap:Words>
-  <ap:Characters>1406</ap:Characters>
+  <ap:Characters>1407</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:Lines>11</ap:Lines>
   <ap:Paragraphs>3</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>amt</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>1637</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>1638</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2025-12-03T10:38:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010038E60350FC170647B310166F2EB204D8</vt:lpwstr>