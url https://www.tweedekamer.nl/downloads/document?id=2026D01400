--- v0 (2026-01-15)
+++ v1 (2026-03-04)
@@ -151,152 +151,94 @@
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>1989455</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1724025" cy="600075"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1114882289" name="0c1ecd3c-b7b7-11ea-8943-0242ac130003"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1724025" cy="600075"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00440E6A" w:rsidP="00440E6A" w:rsidRDefault="00440E6A" w14:paraId="1F6FE236" w14:textId="0544D81A">
+                          <w:p w:rsidR="00440E6A" w:rsidP="00B651F5" w:rsidRDefault="00440E6A" w14:paraId="4F79BAD4" w14:textId="530C2263">
                             <w:pPr>
                               <w:pStyle w:val="Standaard65rechtsuitgelijnd"/>
                               <w:spacing w:before="0"/>
+                              <w:jc w:val="left"/>
                             </w:pPr>
                             <w:r>
-                              <w:t>Annemiek van der Zande</w:t>
-[...29 lines deleted...]
-                              <w:t>E j.vdzande@tweedekamer.nl</w:t>
+                              <w:t>l</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="4422A37E">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="0c1ecd3c-b7b7-11ea-8943-0242ac130003" style="position:absolute;left:0;text-align:left;margin-left:398.05pt;margin-top:156.65pt;width:135.75pt;height:47.25pt;z-index:251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBQhtMmwEAACcDAAAOAAAAZHJzL2Uyb0RvYy54bWysUttu2zAMfR/QfxD0vtgN1nYw4hTbig4D&#10;hm1A2w9QZCkWYIkqqcTOvn6UnMuwvQ17kSiSOjw85Op+8oPYGyQHoZXXi1oKEzR0Lmxb+fL8+Pa9&#10;FJRU6NQAwbTyYEjer6/erMbYmCX0MHQGBYMEasbYyj6l2FQV6d54RQuIJnDQAnqV+InbqkM1Mrof&#10;qmVd31YjYBcRtCFi78MclOuCb63R6bu1ZJIYWsncUjmxnJt8VuuVaraoYu/0kYb6BxZeucBFz1AP&#10;KimxQ/cXlHcagcCmhQZfgbVOm9IDd3Nd/9HNU6+iKb2wOBTPMtH/g9Xf9k/xB4o0fYSJB5gFGSM1&#10;xM7cz2TR55uZCo6zhIezbGZKQudPd8t39fJGCs2x27qu724yTHX5HZHSZwNeZKOVyGMpaqn9V0pz&#10;6iklFwvw6IYh+y9UspWmzXTkt4HuwLR58xivB/wpxchTbCW97hQaKYYvgWXKIz8ZeDI2J0MFzV9b&#10;maSYzU+prMbM4cMugXWFXi4+Vzxy4mmUBo+bk8f9+7tkXfZ7/QsAAP//AwBQSwMEFAAGAAgAAAAh&#10;AA/nrDDhAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/QdrK3Gjdghy2hCnqhCc&#10;kBBpOHB0YjexGq9D7Lbh73FP5biap5m3xXa2AznryRuHApIVA6KxdcpgJ+CrfntYA/FBopKDQy3g&#10;V3vYlou7QubKXbDS533oSCxBn0sBfQhjTqlve22lX7lRY8wObrIyxHPqqJrkJZbbgT4yxqmVBuNC&#10;L0f90uv2uD9ZAbtvrF7Nz0fzWR0qU9cbhu/8KMT9ct49Awl6DjcYrvpRHcro1LgTKk8GAdmGJxEV&#10;kCZpCuRKMJ5xII2AJ5atgZYF/f9E+QcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBBQhtM&#10;mwEAACcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAP&#10;56ww4QAAAAwBAAAPAAAAAAAAAAAAAAAAAPUDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAAwUAAAAA&#10;">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w:rsidR="00440E6A" w:rsidP="00440E6A" w:rsidRDefault="00440E6A" w14:paraId="1F6FE236" w14:textId="0544D81A">
+                    <w:p w:rsidR="00440E6A" w:rsidP="00B651F5" w:rsidRDefault="00440E6A" w14:paraId="4F79BAD4" w14:textId="530C2263">
                       <w:pPr>
                         <w:pStyle w:val="Standaard65rechtsuitgelijnd"/>
                         <w:spacing w:before="0"/>
+                        <w:jc w:val="left"/>
                       </w:pPr>
                       <w:r>
-                        <w:t>Annemiek van der Zande</w:t>
-[...29 lines deleted...]
-                        <w:t>E j.vdzande@tweedekamer.nl</w:t>
+                        <w:t>l</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00440E6A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Inleiding </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005156FC" w:rsidP="005254A9" w:rsidRDefault="00440E6A" w14:paraId="384BB5D8" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
@@ -2981,79 +2923,79 @@
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>1081405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2051685" cy="215900"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="0c1ed0cc-b7b7-11ea-8943-0242ac130003"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2051685" cy="215900"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5A0DE5FE" w14:textId="77777777" w:rsidR="00C82BA0" w:rsidRDefault="00DD2DC0">
+                        <w:p w14:paraId="5A0DE5FE" w14:textId="3EC4C950" w:rsidR="00C82BA0" w:rsidRDefault="00C82BA0" w:rsidP="00B651F5">
                           <w:pPr>
                             <w:pStyle w:val="Rubricering"/>
+                            <w:jc w:val="center"/>
                           </w:pPr>
-                          <w:r>
-[...1 lines deleted...]
-                          </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0"/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="009FD27C" id="0c1ed0cc-b7b7-11ea-8943-0242ac130003" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:374.15pt;margin-top:85.15pt;width:161.55pt;height:17pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHYR6klAEAABQDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFOIzEMvSPxD1Hu25l2VQSjpki7CIS0&#10;AiTgA9JM0ok0iYMTOtP9epzAtGj3hrg4jp08Pz97dTm6nu00Rgte8Pms5kx7Ba31W8Gfn65/nHMW&#10;k/St7MFrwfc68sv16clqCI1eQAd9q5ERiI/NEATvUgpNVUXVaSfjDIL2lDSATia64rZqUQ6E7vpq&#10;Uddn1QDYBgSlY6To1XuSrwu+MVqle2OiTqwXnLilYrHYTbbVeiWbLcrQWfVBQ36BhZPWU9ED1JVM&#10;kr2i/Q/KWYUQwaSZAleBMVbp0gN1M6//6eaxk0GXXkicGA4yxe+DVXe7x/CALI2/YKQBZkGGEJtI&#10;wdzPaNDlk5gyypOE+4NsekxMUXBRL+dn50vOFOUW8+VFXXStjr8DxnSjwbHsCI40lqKW3P2JiSrS&#10;0+lJLubh2vZ9jh+pZC+Nm5HZVvCfE80NtHtiTwtIsB3gX84GGqbg8eVVouasv/WkVp785ODkbCZH&#10;ekVfBU+cvbu/U9mQiQBJXyh+rEme7ed7oXlc5vUbAAAA//8DAFBLAwQUAAYACAAAACEACxAxc+EA&#10;AAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbizZVq1b13SaEJyQEF05cEyb&#10;rI3WOKXJtvL2eCe42fo//f6c7ybXs4sZg/UoYT4TwAw2XltsJXxWr09rYCEq1Kr3aCT8mAC74v4u&#10;V5n2VyzN5RBbRiUYMiWhi3HIOA9NZ5wKMz8YpOzoR6cirWPL9aiuVO56vhBixZ2ySBc6NZjnzjSn&#10;w9lJ2H9h+WK/3+uP8ljaqtoIfFudpHx8mPZbYNFM8Q+Gmz6pQ0FOtT+jDqyXkCbrJaEUpIKGGyHS&#10;eQKslrAQyRJ4kfP/TxS/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMdhHqSUAQAAFAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAsQMXPhAAAA&#10;DAEAAA8AAAAAAAAAAAAAAAAA7gMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" filled="f" stroked="f">
+            <v:shapetype w14:anchorId="009FD27C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="0c1ed0cc-b7b7-11ea-8943-0242ac130003" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:374.15pt;margin-top:85.15pt;width:161.55pt;height:17pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHYR6klAEAABQDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFOIzEMvSPxD1Hu25l2VQSjpki7CIS0&#10;AiTgA9JM0ok0iYMTOtP9epzAtGj3hrg4jp08Pz97dTm6nu00Rgte8Pms5kx7Ba31W8Gfn65/nHMW&#10;k/St7MFrwfc68sv16clqCI1eQAd9q5ERiI/NEATvUgpNVUXVaSfjDIL2lDSATia64rZqUQ6E7vpq&#10;Uddn1QDYBgSlY6To1XuSrwu+MVqle2OiTqwXnLilYrHYTbbVeiWbLcrQWfVBQ36BhZPWU9ED1JVM&#10;kr2i/Q/KWYUQwaSZAleBMVbp0gN1M6//6eaxk0GXXkicGA4yxe+DVXe7x/CALI2/YKQBZkGGEJtI&#10;wdzPaNDlk5gyypOE+4NsekxMUXBRL+dn50vOFOUW8+VFXXStjr8DxnSjwbHsCI40lqKW3P2JiSrS&#10;0+lJLubh2vZ9jh+pZC+Nm5HZVvCfE80NtHtiTwtIsB3gX84GGqbg8eVVouasv/WkVp785ODkbCZH&#10;ekVfBU+cvbu/U9mQiQBJXyh+rEme7ed7oXlc5vUbAAAA//8DAFBLAwQUAAYACAAAACEACxAxc+EA&#10;AAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbizZVq1b13SaEJyQEF05cEyb&#10;rI3WOKXJtvL2eCe42fo//f6c7ybXs4sZg/UoYT4TwAw2XltsJXxWr09rYCEq1Kr3aCT8mAC74v4u&#10;V5n2VyzN5RBbRiUYMiWhi3HIOA9NZ5wKMz8YpOzoR6cirWPL9aiuVO56vhBixZ2ySBc6NZjnzjSn&#10;w9lJ2H9h+WK/3+uP8ljaqtoIfFudpHx8mPZbYNFM8Q+Gmz6pQ0FOtT+jDqyXkCbrJaEUpIKGGyHS&#10;eQKslrAQyRJ4kfP/TxS/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMdhHqSUAQAAFAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAsQMXPhAAAA&#10;DAEAAA8AAAAAAAAAAAAAAAAA7gMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="5A0DE5FE" w14:textId="77777777" w:rsidR="00C82BA0" w:rsidRDefault="00DD2DC0">
+                  <w:p w14:paraId="5A0DE5FE" w14:textId="3EC4C950" w:rsidR="00C82BA0" w:rsidRDefault="00C82BA0" w:rsidP="00B651F5">
                     <w:pPr>
                       <w:pStyle w:val="Rubricering"/>
+                      <w:jc w:val="center"/>
                     </w:pPr>
-                    <w:r>
-[...1 lines deleted...]
-                    </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00DD2DC0">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="44C50411" wp14:editId="5539DD33">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>662305</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>374015</wp:posOffset>
               </wp:positionV>
@@ -5580,65 +5522,67 @@
     <w:rsid w:val="008D39BC"/>
     <w:rsid w:val="008E5FA8"/>
     <w:rsid w:val="008E70A3"/>
     <w:rsid w:val="0092687F"/>
     <w:rsid w:val="00931D4E"/>
     <w:rsid w:val="009342FE"/>
     <w:rsid w:val="009347F0"/>
     <w:rsid w:val="00940EA2"/>
     <w:rsid w:val="0096173B"/>
     <w:rsid w:val="00977EED"/>
     <w:rsid w:val="00982262"/>
     <w:rsid w:val="0098540E"/>
     <w:rsid w:val="00987E90"/>
     <w:rsid w:val="00991584"/>
     <w:rsid w:val="0099593F"/>
     <w:rsid w:val="009B3498"/>
     <w:rsid w:val="009D597E"/>
     <w:rsid w:val="009E2E60"/>
     <w:rsid w:val="00A01D4F"/>
     <w:rsid w:val="00A1447C"/>
     <w:rsid w:val="00A4501A"/>
     <w:rsid w:val="00A54951"/>
     <w:rsid w:val="00A81E66"/>
     <w:rsid w:val="00A85C62"/>
     <w:rsid w:val="00A9019F"/>
+    <w:rsid w:val="00A94D80"/>
     <w:rsid w:val="00A97051"/>
     <w:rsid w:val="00AB7564"/>
     <w:rsid w:val="00AD220F"/>
     <w:rsid w:val="00AD2AA9"/>
     <w:rsid w:val="00AD65DE"/>
     <w:rsid w:val="00AD7706"/>
     <w:rsid w:val="00AE450B"/>
     <w:rsid w:val="00B00E58"/>
     <w:rsid w:val="00B05A8A"/>
     <w:rsid w:val="00B064CC"/>
     <w:rsid w:val="00B11E3F"/>
     <w:rsid w:val="00B14EF6"/>
     <w:rsid w:val="00B353C3"/>
     <w:rsid w:val="00B453EE"/>
     <w:rsid w:val="00B526B2"/>
+    <w:rsid w:val="00B651F5"/>
     <w:rsid w:val="00B85060"/>
     <w:rsid w:val="00B92F71"/>
     <w:rsid w:val="00B93FAB"/>
     <w:rsid w:val="00B9766C"/>
     <w:rsid w:val="00BA77E1"/>
     <w:rsid w:val="00BB1BD3"/>
     <w:rsid w:val="00BC44ED"/>
     <w:rsid w:val="00BC6EE9"/>
     <w:rsid w:val="00BD3585"/>
     <w:rsid w:val="00BE146A"/>
     <w:rsid w:val="00BE31E8"/>
     <w:rsid w:val="00BF2CE6"/>
     <w:rsid w:val="00C16572"/>
     <w:rsid w:val="00C32313"/>
     <w:rsid w:val="00C325BF"/>
     <w:rsid w:val="00C51A02"/>
     <w:rsid w:val="00C62BCE"/>
     <w:rsid w:val="00C6460E"/>
     <w:rsid w:val="00C82BA0"/>
     <w:rsid w:val="00C83529"/>
     <w:rsid w:val="00CA217C"/>
     <w:rsid w:val="00CA41C8"/>
     <w:rsid w:val="00CB091B"/>
     <w:rsid w:val="00CB3251"/>
     <w:rsid w:val="00CB67E4"/>
@@ -8086,51 +8030,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>4</ap:Pages>
   <ap:Words>1080</ap:Words>
   <ap:Characters>5940</ap:Characters>
-  <ap:DocSecurity>4</ap:DocSecurity>
+  <ap:DocSecurity>0</ap:DocSecurity>
   <ap:Lines>49</ap:Lines>
   <ap:Paragraphs>14</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr/>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
   <ap:CharactersWithSpaces>7006</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>