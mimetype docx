--- v0 (2026-01-19)
+++ v1 (2026-03-05)
@@ -1,143 +1,180 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9142" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6590"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00F13442" w14:paraId="0EB477EB" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9142" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="006E4FD4" w:rsidR="00CB3578" w:rsidP="006E4FD4" w:rsidRDefault="006E4FD4" w14:paraId="39F1DCE8" w14:textId="3C794EE2">
+          <w:p w:rsidRPr="006E4FD4" w:rsidR="00CB3578" w:rsidP="006E4FD4" w:rsidRDefault="006E4FD4" w14:paraId="39F1DCE8" w14:textId="02E67A5C">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4FD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Bijgewerkt t/m nr. 18 (</w:t>
+              <w:t xml:space="preserve">Bijgewerkt </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="009B5EAF">
+            <w:r w:rsidR="00A9557D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>NvW</w:t>
+              <w:t xml:space="preserve">inclusief </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="009B5EAF">
+            <w:r w:rsidR="00001FCD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">aangenomen amendementen </w:t>
+            </w:r>
+            <w:r w:rsidR="003E51C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="006E4FD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>d.d. 9 december 2025)</w:t>
+              <w:t xml:space="preserve">d.d. </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3D1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">27 januari </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E4FD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="003E51C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="55B904EF" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -985,158 +1022,147 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00330FE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Boek 7 van het Burgerlijk Wetboek wordt als volgt gewijzigd:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="3A9D596E" w14:textId="77777777">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00330FE9">
+    <w:p w:rsidR="00407160" w:rsidP="00330FE9" w:rsidRDefault="00407160" w14:paraId="648BD264" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00023E8E" w:rsidP="00330FE9" w:rsidRDefault="00023E8E" w14:paraId="1EF06D51" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="65163EA3" w14:textId="77777777">
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidR="00023E8E" w:rsidP="00330FE9" w:rsidRDefault="00023E8E" w14:paraId="4262B524" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F65FFB" w:rsidR="00023E8E" w:rsidP="00330FE9" w:rsidRDefault="00F65FFB" w14:paraId="2F177833" w14:textId="1713FE84">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...32 lines deleted...]
-    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="041BED4C" w14:textId="77777777">
+        <w:t>[vervallen]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00023E8E" w:rsidP="00330FE9" w:rsidRDefault="00023E8E" w14:paraId="51C46021" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="041BED4C" w14:textId="089E77B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00330FE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="3E6B412B" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
@@ -1572,472 +1598,656 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ARTIKEL VII EVALUATIE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="531DB4BA" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="35AB134C" w14:textId="58698493">
+    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="35AB134C" w14:textId="40FD67D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00330FE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Onze Minister van Sociale Zaken en Werkgelegenheid zendt binnen vijf jaar na de inwerkingtreding van deze wet aan de Staten-Generaal een verslag over de doeltreffendheid en de effecten van deze wet in de praktijk. </w:t>
-[...9 lines deleted...]
-        <w:ind w:right="-2"/>
+        <w:t xml:space="preserve">Onze Minister van Sociale Zaken en Werkgelegenheid zendt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC0" w:rsidR="00B96BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">binnen twee jaar en vervolgens </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00330FE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">binnen </w:t>
+      </w:r>
+      <w:r w:rsidR="00296E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>drie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00330FE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jaar na de inwerkingtreding van deze wet aan de Staten-Generaal een verslag over de doeltreffendheid en de effecten van deze wet in de praktijk. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C03BC" w:rsidR="003C03BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Het verslag dat binnen twee jaar aan de Staten-Generaal wordt gezonden beperkt zich tot de vraag of de compenserende middelen voor pgb-houders op grond van de Wet langdurige zorg en de Zorgverzekeringswet toereikend zijn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A2D12" w:rsidP="007A2D12" w:rsidRDefault="007A2D12" w14:paraId="73A4E8BA" w14:textId="3E693330">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="71FE76FC" w14:textId="77777777">
-[...6 lines deleted...]
-        <w:ind w:right="-2"/>
+    <w:p w:rsidR="007A2D12" w:rsidP="007A2D12" w:rsidRDefault="007A2D12" w14:paraId="2086FEE5" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="251A5214" w14:textId="5A79581C">
-[...6 lines deleted...]
-        <w:ind w:right="-2"/>
+    <w:p w:rsidRPr="007A2D12" w:rsidR="007A2D12" w:rsidP="007A2D12" w:rsidRDefault="007A2D12" w14:paraId="1D03906E" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00330FE9">
+      <w:r w:rsidRPr="007A2D12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ARTIKEL VIII OVERGANGSWET NIEUW BURGERLIJK WETBOEK</w:t>
-[...31 lines deleted...]
-      <w:r>
+        <w:t>ARTIKEL VIIA OVERGANGSRECHT ZVW-PGB</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007A2D12" w:rsidR="007A2D12" w:rsidP="007A2D12" w:rsidRDefault="007A2D12" w14:paraId="2CC87B04" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007A2D12" w:rsidR="007A2D12" w:rsidP="007A2D12" w:rsidRDefault="007A2D12" w14:paraId="222424FE" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2D12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...31 lines deleted...]
-        <w:ind w:right="-2"/>
+        <w:t xml:space="preserve">1. Onze Minister van Volksgezondheid, Welzijn en Sport stelt ten behoeve van een verzekerde als bedoeld in artikel 1, onderdeel f, van de Zorgverzekeringswet die een vergoeding ontvangt in de vorm van een </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A2D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Zvw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A2D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-pgb als bedoeld in artikel 13a, eerste lid, van de Zorgverzekeringswet gedurende een periode van ten minste twee jaar na inwerkingtreding van dit artikel een bedrag ter beschikking indien het loon van de zorgverlener na aftrek van de loonbelasting als bedoeld in artikel 1 van de Wet op de loonbelasting 1964 als gevolg van deze wet in de praktijk ontvangt lager is dan het inkomen uit werk en woning na aftrek van de inkomstenbelasting als bedoeld in artikel 1.1 van de Wet op de inkomstenbelasting 2001 op de dag voor inwerkingtreding van deze wet ontving voor dezelfde zorg of dienst. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A2D12" w:rsidP="007A2D12" w:rsidRDefault="007A2D12" w14:paraId="2BDD6DB7" w14:textId="5FABE443">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Bij ministeriële regeling worden nadere regels gesteld over de compensatie van verzekerden, bedoeld in het eerste lid.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A2D12" w:rsidP="007A2D12" w:rsidRDefault="007A2D12" w14:paraId="1329D09E" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00330FE9">
+    </w:p>
+    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="71FE76FC" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Artikel 215</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="33F899E6" w14:textId="77777777">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="251A5214" w14:textId="5A79581C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...21 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00330FE9">
-        <w:rPr>
-[...137 lines deleted...]
-        <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>ARTIKEL VIII OVERGANGSWET NIEUW BURGERLIJK WETBOEK</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="7DCB8B6D" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="04B0BD5A" w14:textId="4A279B4E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00330FE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Na artikel 214 van de Overgangswet nieuw Burgerlijk Wetboek wordt een artikel ingevoegd, luidende: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="0B5CD6C7" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="03A842CC" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00330FE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel 215</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="33F899E6" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="69174FEB" w14:textId="6334DCCD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00330FE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Het in artikel 629, tweede lid, van Boek 7 van het Burgerlijk Wetboek genoemde tijdvak van zes weken, blijft van toepassing op de werknemer:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="3E61D2F9" w14:textId="7E0792EA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00330FE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a. die doorgaans op minder dan vier dagen per week uitsluitend of nagenoeg uitsluitend diensten verricht ten behoeve van het huishouden van de natuurlijk persoon tot wie hij in dienstbetrekking staat als bedoeld in artikel 629, tweede lid, onderdeel a, van Boek 7 van het Burgerlijk Wetboek, zoals dat luidde op de dag voor het tijdstip van inwerkingtreding van artikel IV, onderdeel B, van de Wet aanpassing regeling dienstverlening aan huis; en</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="49E763D0" w14:textId="039C112C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00330FE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>b. wiens eerste dag van ongeschiktheid tot het verrichten van zijn arbeid wegens ziekte is gelegen voor het tijdstip, bedoeld in onderdeel a.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="4CECF5BC" w14:textId="154B89B2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00330FE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Voor de toepassing van het eerste lid, onderdeel b, worden perioden van ongeschiktheid tot werken geacht eenzelfde, niet onderbroken periode van ongeschiktheid te vormen, indien zij elkaar met een onderbreking van minder dan vier weken opvolgen. Bij de vaststelling van de periode van vier weken blijven perioden waarin zwangerschaps- of bevallingsverlof is genoten overeenkomstig artikel 3:1, tweede en derde lid, van de Wet arbeid en zorg, buiten beschouwing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="399BF89A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="07526261" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="2F9CF47A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00330FE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>ARTIKEL IX</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="335BBF91" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00815917" w:rsidR="00815917" w:rsidP="00815917" w:rsidRDefault="00330FE9" w14:paraId="5AE9F7FE" w14:textId="77777777">
+    <w:p w:rsidRPr="00815917" w:rsidR="00815917" w:rsidP="00815917" w:rsidRDefault="00330FE9" w14:paraId="5AE9F7FE" w14:textId="2476EF69">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00BC135B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00815917" w:rsidR="00815917">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Deze wet treedt in werking met ingang van 1 januari 2026. Indien het Staatsblad waarin deze wet wordt geplaatst, wordt uitgegeven na 31 december 2025, treedt zij in werking:</w:t>
+        <w:t>Deze wet treedt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760DC9" w:rsidR="00760DC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, met uitzondering van de artikelen IV, onderd</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC135B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760DC9" w:rsidR="00760DC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>el C, en V in werking</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815917" w:rsidR="00815917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00815917" w:rsidR="00815917" w:rsidP="00815917" w:rsidRDefault="00815917" w14:paraId="5CDBAB1B" w14:textId="2F2EE87F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00815917">
@@ -2063,80 +2273,167 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">-pgb als bedoeld in artikel 13a van de Zorgverzekeringswet en voor de uitvoering van dit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00815917">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Zwv</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00815917">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-pgb op 31 december 2025 geen gebruik wordt gemaakt van dienstverlening door de Sociale Verzekeringsbank, genoemd in hoofdstuk 6 van de Wet structuur uitvoeringsorganisatie werk en inkomen, met ingang van een bij koninklijk besluit te bepalen tijdstip; en</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00330FE9" w:rsidR="00330FE9" w:rsidP="00815917" w:rsidRDefault="00815917" w14:paraId="61D0EFF2" w14:textId="359A0BA1">
+    <w:p w:rsidR="00330FE9" w:rsidP="00815917" w:rsidRDefault="00815917" w14:paraId="61D0EFF2" w14:textId="3E954BB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00815917">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>b. in de overige gevallen met ingang van de dag na de datum van uitgifte van het Staatsblad waarin zij wordt geplaatst, en werkt zij terug tot en met 1 januari 2026</w:t>
       </w:r>
+      <w:r w:rsidR="00BC135B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00BC135B" w:rsidR="00BC135B" w:rsidP="00BC135B" w:rsidRDefault="00BC135B" w14:paraId="3F62D3DC" w14:textId="1A69F623">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BC135B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. De artikelen IV, onderde</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC135B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l C, en V treden in werking op een </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5BD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bij </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC135B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>koninklijk besluit te bepalen tijdstip, dat voor de verschillende artikelen of onderdelen daarvan verschillend kan worden vastgesteld.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00330FE9" w:rsidR="00BC135B" w:rsidP="00815917" w:rsidRDefault="00BC135B" w14:paraId="2CC1F4CE" w14:textId="4D6661FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="4E303110" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00330FE9" w:rsidP="00330FE9" w:rsidRDefault="00330FE9" w14:paraId="62C53ECD" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
@@ -2629,72 +2926,72 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>De Staatssecretaris van Financiën,</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="002168F4" w:rsidR="00330FE9" w:rsidSect="00A11E73">
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="357" w:footer="1440" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5821FE98" w14:textId="77777777" w:rsidR="00330FE9" w:rsidRDefault="00330FE9">
+    <w:p w14:paraId="45F19252" w14:textId="77777777" w:rsidR="00E53B02" w:rsidRDefault="00E53B02">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="10F9FB25" w14:textId="77777777" w:rsidR="00330FE9" w:rsidRDefault="00330FE9">
+    <w:p w14:paraId="602D8850" w14:textId="77777777" w:rsidR="00E53B02" w:rsidRDefault="00E53B02">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="51065A99" w14:textId="77777777" w:rsidR="00330FE9" w:rsidRDefault="00330FE9">
+    <w:p w14:paraId="3FB8CC35" w14:textId="77777777" w:rsidR="00E53B02" w:rsidRDefault="00E53B02">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
@@ -2821,169 +3118,196 @@
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="002168F4">
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="19520C6F" w14:textId="77777777" w:rsidR="002168F4" w:rsidRPr="002168F4" w:rsidRDefault="002168F4" w:rsidP="002168F4">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36A5D8B9" w14:textId="77777777" w:rsidR="00330FE9" w:rsidRDefault="00330FE9">
+    <w:p w14:paraId="6A7DFCD5" w14:textId="77777777" w:rsidR="00E53B02" w:rsidRDefault="00E53B02">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C66FE65" w14:textId="77777777" w:rsidR="00330FE9" w:rsidRDefault="00330FE9">
+    <w:p w14:paraId="472579A2" w14:textId="77777777" w:rsidR="00E53B02" w:rsidRDefault="00E53B02">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="1109"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00330FE9"/>
+    <w:rsid w:val="00001FCD"/>
     <w:rsid w:val="00012DBE"/>
+    <w:rsid w:val="00023E8E"/>
+    <w:rsid w:val="000970D6"/>
     <w:rsid w:val="000A013C"/>
     <w:rsid w:val="000A1D81"/>
+    <w:rsid w:val="000C3D1D"/>
     <w:rsid w:val="00111ED3"/>
+    <w:rsid w:val="001422E0"/>
+    <w:rsid w:val="0014407C"/>
     <w:rsid w:val="001C190E"/>
     <w:rsid w:val="002168F4"/>
+    <w:rsid w:val="00296E6D"/>
     <w:rsid w:val="002A727C"/>
+    <w:rsid w:val="002C07F9"/>
     <w:rsid w:val="00330FE9"/>
+    <w:rsid w:val="003C03BC"/>
+    <w:rsid w:val="003E51C2"/>
+    <w:rsid w:val="00407160"/>
     <w:rsid w:val="005D2707"/>
     <w:rsid w:val="00606255"/>
     <w:rsid w:val="006B607A"/>
     <w:rsid w:val="006E4FD4"/>
     <w:rsid w:val="00746C8D"/>
+    <w:rsid w:val="00760DC9"/>
+    <w:rsid w:val="007A2D12"/>
+    <w:rsid w:val="007B7E49"/>
     <w:rsid w:val="007D451C"/>
+    <w:rsid w:val="008014DA"/>
     <w:rsid w:val="00815917"/>
     <w:rsid w:val="00826224"/>
     <w:rsid w:val="00930A23"/>
     <w:rsid w:val="009B5EAF"/>
     <w:rsid w:val="009C7354"/>
     <w:rsid w:val="009E6D7F"/>
     <w:rsid w:val="00A11E73"/>
     <w:rsid w:val="00A24363"/>
     <w:rsid w:val="00A2521E"/>
+    <w:rsid w:val="00A9557D"/>
     <w:rsid w:val="00AE436A"/>
+    <w:rsid w:val="00B216F1"/>
+    <w:rsid w:val="00B52395"/>
+    <w:rsid w:val="00B62DDA"/>
+    <w:rsid w:val="00B96BC0"/>
+    <w:rsid w:val="00BC135B"/>
     <w:rsid w:val="00C135B1"/>
+    <w:rsid w:val="00C81E62"/>
     <w:rsid w:val="00C92DF8"/>
     <w:rsid w:val="00CB3578"/>
     <w:rsid w:val="00D20AFA"/>
+    <w:rsid w:val="00D35489"/>
     <w:rsid w:val="00D55648"/>
     <w:rsid w:val="00E16443"/>
     <w:rsid w:val="00E36EE9"/>
+    <w:rsid w:val="00E53B02"/>
+    <w:rsid w:val="00EB5BD8"/>
     <w:rsid w:val="00F13442"/>
+    <w:rsid w:val="00F65FFB"/>
     <w:rsid w:val="00F956D4"/>
     <w:rsid w:val="00FC05B6"/>
+    <w:rsid w:val="00FF4E71"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="75784601"/>
-  <w15:docId w15:val="{45C5E0AE-32DC-4A74-AE91-078D025FFA01}"/>
+  <w15:docId w15:val="{3774C37D-3491-48D7-A262-1BE96D42B405}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4360,98 +4684,92 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>4</ap:Pages>
-  <ap:Words>1053</ap:Words>
-  <ap:Characters>5971</ap:Characters>
+  <ap:Words>1213</ap:Words>
+  <ap:Characters>6825</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:Lines>49</ap:Lines>
-  <ap:Paragraphs>14</ap:Paragraphs>
+  <ap:Lines>56</ap:Lines>
+  <ap:Paragraphs>16</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>T W E E D E   K A M E R   D E R   S T A T E N - G E N E R A A L                                                        2</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>7010</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>8022</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
+  <dc:subject/>
   <dc:creator/>
+  <keywords/>
   <lastModifiedBy/>
   <revision/>
-  <lastPrinted>2009-12-07T14:10:00.0000000Z</lastPrinted>
+  <lastPrinted>2009-12-07T23:10:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
-  <dc:subject/>
-  <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>737000711</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_EmailSubject">
     <vt:lpwstr>Sjablonen amendementen en voorstellen van wet</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_AuthorEmail">
     <vt:lpwstr>M.Geenen@sdu.nl</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Geenen, Michel</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_PreviousAdHocReviewCycleID">
     <vt:i4>-1389537874</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ReviewingToolsShownOnce">
     <vt:lpwstr/>
   </property>