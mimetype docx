--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -1,79 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00FE22D8" w:rsidP="00FE22D8" w:rsidRDefault="00322B27" w14:paraId="042674D1" w14:textId="5E9A5968">
+    <w:p w:rsidR="00FE22D8" w:rsidP="00FE22D8" w:rsidRDefault="001F3279" w14:paraId="042674D1" w14:textId="0DE5F1C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>VOORLOPIG</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">DEFNITIEF </w:t>
       </w:r>
       <w:r w:rsidRPr="000E0550" w:rsidR="00FE22D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">OVERZICHT </w:t>
       </w:r>
       <w:r w:rsidR="00FE22D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">VERZOEKEN </w:t>
       </w:r>
       <w:r w:rsidRPr="000E0550" w:rsidR="00FE22D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -186,200 +176,83 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>10.15 uur</w:t>
       </w:r>
       <w:r w:rsidRPr="00872CE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00872CE4" w:rsidR="00FE22D8" w:rsidP="00FE22D8" w:rsidRDefault="00FE22D8" w14:paraId="4FEFB47C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="002E4992" w:rsidR="00557E7F" w:rsidP="00EA5806" w:rsidRDefault="00B65ABF" w14:paraId="0F17ADAF" w14:textId="6C8B9DA9">
+    <w:p w:rsidRPr="00FD50F8" w:rsidR="002E4992" w:rsidP="00FD50F8" w:rsidRDefault="00FD50F8" w14:paraId="61D33C3B" w14:textId="4BBB0DD5">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidRPr="00FD50F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">lid </w:t>
+        <w:t>GEEN AANMELDINGEN</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E4992" w:rsidP="002E4992" w:rsidRDefault="002E4992" w14:paraId="7447120D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...82 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidRPr="002E4992" w:rsidR="002E4992" w:rsidP="002E4992" w:rsidRDefault="002E4992" w14:paraId="6277453E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00872CE4" w:rsidR="00FE22D8" w:rsidP="00FE22D8" w:rsidRDefault="00FE22D8" w14:paraId="281F2B61" w14:textId="2E984471">
       <w:pPr>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="323296"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00872CE4">
         <w:rPr>
@@ -882,85 +755,89 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE22D8"/>
     <w:rsid w:val="000051C4"/>
     <w:rsid w:val="00024F73"/>
     <w:rsid w:val="000673EB"/>
     <w:rsid w:val="00083E79"/>
     <w:rsid w:val="000A7387"/>
     <w:rsid w:val="000D7699"/>
     <w:rsid w:val="000F6D81"/>
     <w:rsid w:val="00193B47"/>
     <w:rsid w:val="001A7DA7"/>
+    <w:rsid w:val="001F3279"/>
     <w:rsid w:val="00246D31"/>
     <w:rsid w:val="002C7407"/>
     <w:rsid w:val="002E4992"/>
     <w:rsid w:val="00322B27"/>
     <w:rsid w:val="0036471C"/>
     <w:rsid w:val="005436A1"/>
     <w:rsid w:val="005552F8"/>
     <w:rsid w:val="00557E7F"/>
     <w:rsid w:val="00561000"/>
     <w:rsid w:val="006C2CBC"/>
     <w:rsid w:val="006D1F13"/>
     <w:rsid w:val="0070654B"/>
     <w:rsid w:val="0073733F"/>
     <w:rsid w:val="00820539"/>
     <w:rsid w:val="00825649"/>
     <w:rsid w:val="00886447"/>
     <w:rsid w:val="008C27CE"/>
     <w:rsid w:val="008D5939"/>
     <w:rsid w:val="008E34BC"/>
+    <w:rsid w:val="00950651"/>
     <w:rsid w:val="00991853"/>
     <w:rsid w:val="009B252D"/>
     <w:rsid w:val="009E5DF8"/>
     <w:rsid w:val="00A44063"/>
     <w:rsid w:val="00A60A7C"/>
     <w:rsid w:val="00AF6E74"/>
+    <w:rsid w:val="00AF783A"/>
     <w:rsid w:val="00B62F76"/>
     <w:rsid w:val="00B65ABF"/>
     <w:rsid w:val="00B749F3"/>
     <w:rsid w:val="00B775C2"/>
     <w:rsid w:val="00C018B4"/>
     <w:rsid w:val="00C0648A"/>
     <w:rsid w:val="00CD149A"/>
     <w:rsid w:val="00D241FC"/>
     <w:rsid w:val="00EA5806"/>
     <w:rsid w:val="00F67DE8"/>
+    <w:rsid w:val="00FD50F8"/>
     <w:rsid w:val="00FE22D8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -2241,67 +2118,67 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>1</ap:Pages>
-  <ap:Words>64</ap:Words>
-  <ap:Characters>427</ap:Characters>
+  <ap:Words>40</ap:Words>
+  <ap:Characters>283</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:Lines>18</ap:Lines>
-  <ap:Paragraphs>9</ap:Paragraphs>
+  <ap:Lines>11</ap:Lines>
+  <ap:Paragraphs>5</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr/>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>482</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>318</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <dc:description>------------------------</dc:description>
   <lastModifiedBy/>
   <revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <version/>
   <category/>
 </coreProperties>
 </file>