--- v0 (2025-12-10)
+++ v1 (2026-03-14)
@@ -1,2082 +1,2119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <!-- Generated by Aspose.Words for .NET 24.8.0 -->
+<w:document xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00543AA4" w:rsidR="006B5441" w:rsidP="0060031A" w14:paraId="21D92E41" w14:textId="239177F0">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9142" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="6590"/>
+      </w:tblGrid>
+      <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00F13442" w14:paraId="782B65C6" w14:textId="77777777">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9142" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidP="00B43063" w:rsidRDefault="00CB3578" w14:paraId="28FC7543" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="Amendement"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="3D6466DD" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidP="00B43063" w:rsidRDefault="00CB3578" w14:paraId="33EC6659" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="Amendement"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidP="00B43063" w:rsidRDefault="00CB3578" w14:paraId="0F1F4345" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="002168F4" w:rsidR="002A727C" w:rsidTr="00A11E73" w14:paraId="4912F9B6" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="002A727C" w:rsidR="002A727C" w:rsidP="00B43063" w:rsidRDefault="00B43063" w14:paraId="4FCAF9FC" w14:textId="567161BE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>36 865</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B43063" w:rsidR="002A727C" w:rsidP="00B43063" w:rsidRDefault="00B43063" w14:paraId="38E52040" w14:textId="6D6857B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43063">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Herindeling van de gemeenten Hilversum en Wijdemeren  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="4DD9C9DC" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidP="00B43063" w:rsidRDefault="00CB3578" w14:paraId="78029960" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="Amendement"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidP="00B43063" w:rsidRDefault="00CB3578" w14:paraId="16C2E50C" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="Amendement"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="03878382" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidP="00B43063" w:rsidRDefault="00CB3578" w14:paraId="3721E838" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="Amendement"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidP="00B43063" w:rsidRDefault="00CB3578" w14:paraId="2AD68A61" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="Amendement"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="2203E0BC" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidP="00B43063" w:rsidRDefault="00CB3578" w14:paraId="00CCC4A8" w14:textId="5D1ABA45">
+            <w:pPr>
+              <w:pStyle w:val="Amendement"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002168F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Nr. 2</w:t>
+            </w:r>
+            <w:r w:rsidR="001A1933">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HERDRUK</w:t>
+            </w:r>
+            <w:r w:rsidR="001A1933">
+              <w:rPr>
+                <w:rStyle w:val="Voetnootmarkering"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:footnoteReference w:id="1"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidP="00B43063" w:rsidRDefault="00CB3578" w14:paraId="4AA11DDF" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="Amendement"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002168F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>VOORSTEL VAN WET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="02F4CD3B" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidP="00B43063" w:rsidRDefault="00CB3578" w14:paraId="09D160BF" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="Amendement"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidP="00B43063" w:rsidRDefault="00CB3578" w14:paraId="407927B3" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="Amendement"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidRPr="00B43063" w:rsidR="00B43063" w:rsidP="00B43063" w:rsidRDefault="00B43063" w14:paraId="05D8B58E" w14:textId="16D6FEA5">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wij Willem-Alexander, bij de gratie Gods, Koning der Nederlanden, Prins van Oranje-Nassau, enz. enz. enz.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Allen, die deze zullen zien of horen lezen, saluut! doen te weten: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Alzo Wij in overweging genomen hebben, dat het wenselijk is het grondgebied van de gemeente Wijdemeren toe te voegen aan de gemeente Hilversum;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Zo is het, dat Wij, de Afdeling advisering van de Raad van State gehoord, en met gemeen overleg der Staten-Generaal, hebben goedgevonden en verstaan, gelijk Wij goedvinden en verstaan bij deze:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 1. Opheffing, instelling en rechtsopvolging </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Artikel 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Met ingang van de datum van herindeling wordt de gemeente Wijdemeren opgeheven.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Artikel 2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Met ingang van de datum van herindeling wordt het grondgebied van de op te heffen gemeente Wijdemeren toegevoegd aan het grondgebied van de gemeente Hilversum door een grenswijziging van de gemeente Hilversum, zoals aangegeven op de bij deze wet behorende kaart.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Artikel 3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Voor de op te heffen gemeente Wijdemeren wordt de gemeente Hilversum aangewezen voor de toepassing van de volgende bepalingen van de Wet algemene regels herindeling:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a. artikel 39, tweede lid, in verband met de heffing en invordering van gemeentelijke belastingen;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>b. artikel 41, derde lid, in verband met de deelneming aan gemeenschappelijke regelingen;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>c. artikel 45, tweede lid, in verband met de overgang van rechten en verplichtingen in verband met de voorziening van drinkwater, elektriciteit en gas.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 2. Wijziging andere wetten </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Met ingang van de datum van herindeling vervalt in de tabel, bedoeld in artikel E 1, eerste lid, van de Kieswet, in de rij bij kieskringnummer 10 “Wijdemeren,”. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:name="_Hlk204091034" w:id="0"/>
+      <w:bookmarkStart w:name="_Hlk205818084" w:id="1"/>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Artikel 5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Met ingang van de datum van herindeling wordt in artikel 7 van de Wet op de rechterlijke indeling “Huizen, Laren en Wijdemeren” vervangen door “Huizen en Laren”.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Artikel 6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Met ingang van de datum van herindeling wordt de Wet veiligheidsregio’s als volgt gewijzigd:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Na artikel 11 wordt een artikel ingevoegd, luidende:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel 11a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel 14, derde lid, van de Wet gemeenschappelijke regelingen, is niet van toepassing op de verhouding tussen het dagelijks en algemeen bestuur van de veiligheidsregio Gooi en Vechtstreek.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In de bijlage bij artikel 8, onder </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Gooi en Vechtstreek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, vervalt “, Wijdemeren”.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">§ 3. Inwerkingtreding </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Deze wet treedt in werking op een bij koninklijk besluit te bepalen tijdstip.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B43063" w:rsidP="00B43063" w:rsidRDefault="00B43063" w14:paraId="347290CA" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B43063" w:rsidP="00B43063" w:rsidRDefault="00B43063" w14:paraId="518C77ED" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lasten en bevelen dat deze in het Staatsblad zal worden geplaatst en dat alle ministeries, autoriteiten, colleges en ambtenaren die zulks aangaat, aan de nauwkeurige uitvoering de hand zullen houden. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Gegeven</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B43063" w:rsidP="00B43063" w:rsidRDefault="00B43063" w14:paraId="2CB26381" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0064617D" w:rsidP="00B43063" w:rsidRDefault="00B43063" w14:paraId="047203B0" w14:textId="53BECC25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">De </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inister van Binnenlandse Zaken en Koninkrijksrelaties, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43063">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0064617D" w:rsidRDefault="0064617D" w14:paraId="59AA9A88" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0064617D" w:rsidR="00CB3578" w:rsidP="00B43063" w:rsidRDefault="0064617D" w14:paraId="6419FAFE" w14:textId="773A9D03">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0064617D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kaart, </w:t>
+      </w:r>
+      <w:r w:rsidR="004445E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>genoemd in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064617D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> artikel 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00543AA4" w:rsidR="006B5441" w:rsidP="0060031A" w14:paraId="47713BEF" w14:textId="51661767">
+    <w:p w:rsidR="0064617D" w:rsidP="00B43063" w:rsidRDefault="0064617D" w14:paraId="5347A4DD" w14:textId="77777777">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="002168F4" w:rsidR="0064617D" w:rsidP="00B43063" w:rsidRDefault="0064617D" w14:paraId="73977A63" w14:textId="153F0DF2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1391 lines deleted...]
-        <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="1603856183" name="Afbeelding 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F06B8A2" wp14:editId="57A7116F">
+            <wp:extent cx="5759450" cy="4071992"/>
+            <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+            <wp:docPr id="1603856183" name="Afbeelding 1" descr="Afbeelding met tekst, kaart, atlas, diagram&#10;&#10;Door AI gegenereerde inhoud is mogelijk onjuist."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1603856183" name="Afbeelding 1603856183"/>
+                    <pic:cNvPr id="1603856183" name="Afbeelding 1" descr="Afbeelding met tekst, kaart, atlas, diagram&#10;&#10;Door AI gegenereerde inhoud is mogelijk onjuist."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
-                        <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5760720" cy="4072890"/>
+                      <a:ext cx="5759450" cy="4071992"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr>
+    <w:sectPr w:rsidRPr="002168F4" w:rsidR="0064617D" w:rsidSect="00A11E73">
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="357" w:footer="1440" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:noEndnote/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="63692EEC" w14:textId="77777777" w:rsidR="00B43063" w:rsidRDefault="00B43063">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="exact"/>
+      </w:pPr>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2A815065" w14:textId="77777777" w:rsidR="00B43063" w:rsidRDefault="00B43063">
+      <w:pPr>
+        <w:pStyle w:val="Amendement"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="20F2CA1C" w14:textId="77777777" w:rsidR="00B43063" w:rsidRDefault="00B43063">
+      <w:pPr>
+        <w:pStyle w:val="Amendement"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...5 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...4 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-      <w:lvlJc w:val="left"/>
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="48903FE1" w14:textId="77777777" w:rsidR="002168F4" w:rsidRDefault="002168F4" w:rsidP="00826224">
+    <w:pPr>
+      <w:pStyle w:val="Voettekst"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Paginanummer"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Paginanummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Paginanummer"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Paginanummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="60EF6D9B" w14:textId="77777777" w:rsidR="002168F4" w:rsidRDefault="002168F4" w:rsidP="002168F4">
+    <w:pPr>
+      <w:pStyle w:val="Voettekst"/>
+      <w:ind w:right="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="09BFE140" w14:textId="77777777" w:rsidR="002168F4" w:rsidRPr="002168F4" w:rsidRDefault="002168F4" w:rsidP="00826224">
+    <w:pPr>
+      <w:pStyle w:val="Voettekst"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Paginanummer"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="002168F4">
+      <w:rPr>
+        <w:rStyle w:val="Paginanummer"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="002168F4">
+      <w:rPr>
+        <w:rStyle w:val="Paginanummer"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="002168F4">
+      <w:rPr>
+        <w:rStyle w:val="Paginanummer"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00A2521E">
+      <w:rPr>
+        <w:rStyle w:val="Paginanummer"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002168F4">
+      <w:rPr>
+        <w:rStyle w:val="Paginanummer"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="2130FFA3" w14:textId="77777777" w:rsidR="002168F4" w:rsidRPr="002168F4" w:rsidRDefault="002168F4" w:rsidP="002168F4">
+    <w:pPr>
+      <w:pStyle w:val="Voettekst"/>
+      <w:ind w:right="360"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="2D407D23" w14:textId="77777777" w:rsidR="00B43063" w:rsidRDefault="00B43063">
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:pStyle w:val="Amendement"/>
       </w:pPr>
-    </w:lvl>
-[...4 lines deleted...]
-      <w:lvlJc w:val="left"/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="07624400" w14:textId="77777777" w:rsidR="00B43063" w:rsidRDefault="00B43063">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="6568C3E1" w14:textId="730EFF2E" w:rsidR="001A1933" w:rsidRPr="000A60D9" w:rsidRDefault="001A1933">
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:pStyle w:val="Voetnoottekst"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
-    </w:lvl>
-[...156 lines deleted...]
-</w:numbering>
+      <w:r w:rsidRPr="000A60D9">
+        <w:rPr>
+          <w:rStyle w:val="Voetnootmarkering"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="000A60D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A35525">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>I.v.m.</w:t>
+      </w:r>
+      <w:r w:rsidR="000A60D9" w:rsidRPr="000A60D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> toevoeging kaart, genoemd in artikel 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A60D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
-[...1 lines deleted...]
-  <w:hyphenationZone w:val="425"/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:defaultTabStop w:val="284"/>
+  <w:hyphenationZone w:val="1109"/>
+  <w:doNotHyphenateCaps/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="0"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DF42E4"/>
-[...77 lines deleted...]
-    <w:rsid w:val="00FD50B2"/>
+    <w:rsidRoot w:val="00B43063"/>
+    <w:rsid w:val="00012DBE"/>
+    <w:rsid w:val="000471E0"/>
+    <w:rsid w:val="000A1D81"/>
+    <w:rsid w:val="000A60D9"/>
+    <w:rsid w:val="00111ED3"/>
+    <w:rsid w:val="001A1933"/>
+    <w:rsid w:val="001C190E"/>
+    <w:rsid w:val="002168F4"/>
+    <w:rsid w:val="002A727C"/>
+    <w:rsid w:val="00416EB6"/>
+    <w:rsid w:val="004445E5"/>
+    <w:rsid w:val="00563299"/>
+    <w:rsid w:val="005D2707"/>
+    <w:rsid w:val="00606255"/>
+    <w:rsid w:val="0064617D"/>
+    <w:rsid w:val="006B607A"/>
+    <w:rsid w:val="007D451C"/>
+    <w:rsid w:val="00826224"/>
+    <w:rsid w:val="00930A23"/>
+    <w:rsid w:val="009C7354"/>
+    <w:rsid w:val="009E6D7F"/>
+    <w:rsid w:val="00A11E73"/>
+    <w:rsid w:val="00A2521E"/>
+    <w:rsid w:val="00A35525"/>
+    <w:rsid w:val="00AE436A"/>
+    <w:rsid w:val="00B43063"/>
+    <w:rsid w:val="00C06993"/>
+    <w:rsid w:val="00C135B1"/>
+    <w:rsid w:val="00C92DF8"/>
+    <w:rsid w:val="00CB3578"/>
+    <w:rsid w:val="00D20AFA"/>
+    <w:rsid w:val="00D55648"/>
+    <w:rsid w:val="00DC501F"/>
+    <w:rsid w:val="00E16443"/>
+    <w:rsid w:val="00E36EE9"/>
+    <w:rsid w:val="00EA33D7"/>
+    <w:rsid w:val="00F13442"/>
+    <w:rsid w:val="00F36E71"/>
+    <w:rsid w:val="00F956D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w14:docId w14:val="336277E1"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{E24BA539-85A8-4D42-BBF1-7383F5047844}"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6BDF77A4"/>
+  <w15:docId w15:val="{69CC2157-7370-49D5-9FDB-6C7ADD72432D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...4 lines deleted...]
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...104 lines deleted...]
-    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -2225,1005 +2262,1213 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...2 lines deleted...]
-    <w:uiPriority w:val="9"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF42E4"/>
     <w:pPr>
       <w:keepNext/>
-      <w:keepLines/>
-      <w:spacing w:before="360" w:after="80"/>
+      <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Heading2">
+      <w:rFonts w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...4 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF42E4"/>
     <w:pPr>
       <w:keepNext/>
-      <w:keepLines/>
-      <w:spacing w:before="160" w:after="80"/>
+      <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Heading3">
+      <w:rFonts w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...4 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF42E4"/>
     <w:pPr>
       <w:keepNext/>
-      <w:keepLines/>
-      <w:spacing w:before="160" w:after="80"/>
+      <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...137 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+      <w:rFonts w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop1Char">
-[...48 lines deleted...]
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+  <w:style w:type="paragraph" w:styleId="Eindnoottekst">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Standaard"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Eindnootmarkering">
+    <w:name w:val="endnote reference"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Voetnoottekst">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Standaard"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Voetnootverwijzing">
+    <w:name w:val="Voetnootverwijzing"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="wetsvoorstel">
+    <w:name w:val="wetsvoorstel"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="-1440"/>
+        <w:tab w:val="left" w:pos="-720"/>
+        <w:tab w:val="left" w:pos="0"/>
+        <w:tab w:val="left" w:pos="288"/>
+        <w:tab w:val="left" w:pos="720"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Alineanummer1">
+    <w:name w:val="Alineanummer 1"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Bibliografie1">
+    <w:name w:val="Bibliografie1"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Dokument5">
+    <w:name w:val="Dokument 5"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Dokument6">
+    <w:name w:val="Dokument 6"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Dokument4">
+    <w:name w:val="Dokument 4"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-[...73 lines deleted...]
-    <w:rsid w:val="00DF42E4"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Alineanummer2">
+    <w:name w:val="Alineanummer 2"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dokument1">
+    <w:name w:val="Dokument 1"/>
     <w:pPr>
-      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-      <w:contextualSpacing/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="-720"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...27 lines deleted...]
-    <w:rsid w:val="00DF42E4"/>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Alineanummer3">
+    <w:name w:val="Alineanummer 3"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Alineanummer4">
+    <w:name w:val="Alineanummer 4"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Alineanummer5">
+    <w:name w:val="Alineanummer 5"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Alineanummer6">
+    <w:name w:val="Alineanummer 6"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Dokument2">
+    <w:name w:val="Dokument 2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Alineanummer7">
+    <w:name w:val="Alineanummer 7"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Alineanummer8">
+    <w:name w:val="Alineanummer 8"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Techninit">
+    <w:name w:val="Techn init"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Dokuinit">
+    <w:name w:val="Doku init"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Dokument3">
+    <w:name w:val="Dokument 3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Dokument7">
+    <w:name w:val="Dokument 7"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Dokument8">
+    <w:name w:val="Dokument 8"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Technisch1">
+    <w:name w:val="Technisch 1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Technisch2">
+    <w:name w:val="Technisch 2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Technisch3">
+    <w:name w:val="Technisch 3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Technisch5">
+    <w:name w:val="Technisch 5"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Technisch6">
+    <w:name w:val="Technisch 6"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Technisch7">
+    <w:name w:val="Technisch 7"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Technisch4">
+    <w:name w:val="Technisch 4"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Technisch8">
+    <w:name w:val="Technisch 8"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Amendement">
+    <w:name w:val="Amendement"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="3310"/>
+        <w:tab w:val="left" w:pos="3600"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...114 lines deleted...]
-    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:b/>
       <w:bCs/>
-      <w:smallCaps/>
-[...7 lines deleted...]
-    <w:uiPriority w:val="99"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="inhopg1">
+    <w:name w:val="inhopg 1"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:before="480"/>
+      <w:ind w:left="720" w:right="720" w:hanging="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="inhopg2">
+    <w:name w:val="inhopg 2"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="1440" w:right="720" w:hanging="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="inhopg3">
+    <w:name w:val="inhopg 3"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="2160" w:right="720" w:hanging="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="inhopg4">
+    <w:name w:val="inhopg 4"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="2880" w:right="720" w:hanging="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="inhopg5">
+    <w:name w:val="inhopg 5"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="3600" w:right="720" w:hanging="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="inhopg6">
+    <w:name w:val="inhopg 6"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="720" w:hanging="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="inhopg7">
+    <w:name w:val="inhopg 7"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="720" w:hanging="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="inhopg8">
+    <w:name w:val="inhopg 8"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="720" w:hanging="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="inhopg9">
+    <w:name w:val="inhopg 9"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="720" w:hanging="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index1">
+    <w:name w:val="index 1"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="1440" w:right="720" w:hanging="1440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index2">
+    <w:name w:val="index 2"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="1440" w:right="720" w:hanging="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bronvermelding">
+    <w:name w:val="bronvermelding"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bijschrift">
+    <w:name w:val="bijschrift"/>
+    <w:basedOn w:val="Standaard"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EquationCaption">
+    <w:name w:val="_Equation Caption"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Koptekst">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Voettekst">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Documentstructuur">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Standaard"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...12 lines deleted...]
-    <w:rsid w:val="000367A1"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TekstopmerkingChar">
-[...18 lines deleted...]
-    <w:rsid w:val="000367A1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afbeelding">
+    <w:name w:val="afbeelding"/>
+    <w:basedOn w:val="Standaard"/>
     <w:rPr>
       <w:b/>
-      <w:bCs/>
-[...8 lines deleted...]
-    <w:rsid w:val="000367A1"/>
+      <w:color w:val="FF0000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afdeling">
+    <w:name w:val="afdeling"/>
+    <w:basedOn w:val="Standaard"/>
     <w:rPr>
       <w:b/>
-      <w:bCs/>
-[...32 lines deleted...]
-    <w:rsid w:val="00032D90"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="artikel">
+    <w:name w:val="artikel"/>
+    <w:basedOn w:val="Standaard"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="8"/>
     </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afkondiging">
+    <w:name w:val="afkondiging"/>
+    <w:basedOn w:val="Standaard"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="boek">
+    <w:name w:val="boek"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="deel">
+    <w:name w:val="deel"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="hoofdstuk">
+    <w:name w:val="hoofdstuk"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bijlage">
+    <w:name w:val="bijlage"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="inline-afbeelding">
+    <w:name w:val="inline-afbeelding"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="FF0000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="intitule">
+    <w:name w:val="intitule"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="considerans">
+    <w:name w:val="considerans"/>
+    <w:basedOn w:val="Standaard"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="definitie">
+    <w:name w:val="definitie"/>
+    <w:basedOn w:val="Standaard"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="definitieterm">
+    <w:name w:val="definitieterm"/>
+    <w:basedOn w:val="Standaard"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="lid">
+    <w:name w:val="lid"/>
+    <w:basedOn w:val="Standaard"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="livervolgal">
+    <w:name w:val="livervolgal"/>
+    <w:basedOn w:val="Standaard"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ondertekening">
+    <w:name w:val="ondertekening"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraaf">
+    <w:name w:val="paragraaf"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="slotformulering">
+    <w:name w:val="slotformulering"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="titeldeel">
+    <w:name w:val="titeldeel"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="artikel-na-wijzig-artikel">
+    <w:name w:val="artikel-na-wijzig-artikel"/>
+    <w:basedOn w:val="wijzig-artikel"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="tussenkop">
+    <w:name w:val="tussenkop"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rPr>
+      <w:b/>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="wat">
+    <w:name w:val="wat"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="wij">
+    <w:name w:val="wij"/>
+    <w:basedOn w:val="Standaard"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="wijzig-lid">
+    <w:name w:val="wijzig-lid"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="wijzig-artikel">
+    <w:name w:val="wijzig-artikel"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="artikeltekst">
+    <w:name w:val="artikeltekst"/>
+    <w:basedOn w:val="Standaard"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="gegeven">
+    <w:name w:val="gegeven"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:pPr>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divisie">
+    <w:name w:val="divisie"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="tempartikeltekst">
+    <w:name w:val="temp artikeltekst"/>
+    <w:basedOn w:val="artikeltekst"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="tempwat">
+    <w:name w:val="temp wat"/>
+    <w:basedOn w:val="wat"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="tabelstijl">
+    <w:name w:val="tabelstijl"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="stuknr">
+    <w:name w:val="stuknr"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="stuktitel">
+    <w:name w:val="stuktitel"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="dossiernr">
+    <w:name w:val="dossiernr"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="dossiertitel">
+    <w:name w:val="dossiertitel"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="documentdatum">
+    <w:name w:val="documentdatum"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="vergaderjaar">
+    <w:name w:val="vergaderjaar"/>
+    <w:basedOn w:val="Standaard"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Paginanummer">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:rsid w:val="002168F4"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Voetnootmarkering">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:rsid w:val="001A1933"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\GriffieSjablonen\wet.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Kantoor">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Kantoor">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>3</ap:Pages>
-  <ap:Words>431</ap:Words>
-[...2 lines deleted...]
-  <ap:Lines>19</ap:Lines>
+  <ap:Words>437</ap:Words>
+  <ap:Characters>2406</ap:Characters>
+  <ap:DocSecurity>4</ap:DocSecurity>
+  <ap:Lines>20</ap:Lines>
   <ap:Paragraphs>5</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
-      <vt:lpstr/>
+      <vt:lpstr>T W E E D E   K A M E R   D E R   S T A T E N - G E N E R A A L                                                        2</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>2799</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>2838</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+  <dc:title/>
+  <dc:creator/>
+  <lastModifiedBy/>
   <revision/>
-  <lastPrinted>2025-08-12T10:16:00.0000000Z</lastPrinted>
+  <lastPrinted>2009-12-07T14:10:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:creator/>
-  <lastModifiedBy/>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
-  <dc:title/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010038E60350FC170647B310166F2EB204D8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>