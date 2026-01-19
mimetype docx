--- v0 (2025-11-28)
+++ v1 (2026-01-19)
@@ -51,137 +51,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Hamerstukken</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>Aan de orde is de behandeling van:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000047E0" w:rsidP="000047E0" w:rsidRDefault="000047E0" w14:paraId="63B854A2" w14:textId="77777777">
-[...41 lines deleted...]
-    </w:p>
     <w:p w:rsidR="000047E0" w:rsidP="000047E0" w:rsidRDefault="000047E0" w14:paraId="3193C762" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Zwaar"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>het wetsvoorstel Wijziging van diverse wetten in verband met het overzetten van bepalingen uit de Vangnetregeling Omgevingswet naar de wet in formele zin, alsmede met het herstellen van wetstechnische gebreken en leemten (36824);</w:t>
-      </w:r>
-[...21 lines deleted...]
-        <w:t>het wetsvoorstel Wijziging van de Algemene wet inkomensafhankelijke regelingen, de Wet hersteloperatie toeslagen en enkele andere wetten met het oog op het verbeteren van het toeslagenstelsel en het aanpassen van enkele aanvraagtermijnen van bepaalde regelingen inzake de hersteloperatie toeslagen (Wet verbetermaatregelen toeslagen en aanpassing termijnen hersteloperatie toeslagen) (36779).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000047E0" w:rsidP="000047E0" w:rsidRDefault="000047E0" w14:paraId="09C00C3A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>Deze wetsvoorstellen worden zonder beraadslaging en, na goedkeuring van de onderdelen, zonder stemming aangenomen.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A922A7" w:rsidRDefault="00A922A7" w14:paraId="27A1C8F1" w14:textId="77777777"/>
     <w:sectPr w:rsidR="00A922A7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
@@ -400,52 +334,54 @@
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="480855992">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000047E0"/>
     <w:rsid w:val="000047E0"/>
+    <w:rsid w:val="004B54EA"/>
     <w:rsid w:val="00666E4C"/>
     <w:rsid w:val="00A922A7"/>
+    <w:rsid w:val="00C5441F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="69951855"/>
@@ -1682,52 +1618,52 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>1</ap:Pages>
-  <ap:Words>193</ap:Words>
-  <ap:Characters>1065</ap:Characters>
+  <ap:Words>62</ap:Words>
+  <ap:Characters>347</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:Lines>8</ap:Lines>
-  <ap:Paragraphs>2</ap:Paragraphs>
+  <ap:Lines>2</ap:Lines>
+  <ap:Paragraphs>1</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>1256</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>408</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <dc:description>------------------------</dc:description>
   <lastModifiedBy/>
   <revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <version/>
   <category/>
 </coreProperties>
 </file>